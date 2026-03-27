--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154769", "19033")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154769", " CHEVROLET CRUZE LT NB AT, ANO 2017/2018, BRANCO. - FR. 906500. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154753", "19034")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154753", " RENAULT DUSTER 20DK 4X4, ANO 2017/2018, BRANCO. - FR. 905001. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154761", "19035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154761", " RENAULT DUSTER 20D 4X4, ANO 2019/2020, BRANCO. - FR. 905004. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154748", "19036")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154748", " RENAULT DUSTER 20DK 4X4, ANO 2017/2018, BRANCO. - FR. 905002. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154742", "19037")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154742", " VOLKSWAGEM GOL 1.0L MC4, ANO 2019/2020, BRANCO. - FR. 912282. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154757", "19038")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154757", " VOLKSWAGEM GOL 1.0L MC4, ANO 2019/2020, BRANCO. - FR. 912289. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154745", "19039")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154745", " VOLKSWAGEM GOL TL MCV, ANO 2017/2018, BRANCO. - FR. 912272. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154746", "19040")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154746", " VOLKSWAGEM GOL 1.0L MC4, ANO 2019/2020, BRANCO. - FR. 912283. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154764", "19041")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154764", " VOLKSWAGEM GOL 1.0L MC4, ANO 2019/2020, BRANCO. - FR. 912291. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154747", "19042")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154747", " VOLKSWAGEM GOL 1.0L MC4, ANO 2019/2020, BRANCO. - FR. 912281. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154755", "19043")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154755", " VOLKSWAGEM GOL 1.0L MC4, ANO 2019/2020, BRANCO. - FR. 912294. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154744", "19044")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154744", " VOLKSWAGEM GOL 1.0L MC4, ANO 2019/2020, BRANCO. - FR. 912284. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154763", "19045")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154763", " EMPILHADEIRA HYSTER H80J, ANO 1995/1995. -  FR. 605090. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154765", "19046")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154765", " MOTO BOMBA (F. PRÓPR.) MO . - FR. 230040. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154743", "19047")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154743", " TRATOR VALTRA BH 180 4X4, ANO 2012/2012. -  FR. 505312. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154758", "19048")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154758", " CAMINHÃO VOLVO VM 260 6X4R, ANO 2008/2009, BRANCO. - FR. 313061. - LOC. ARIRANHA/SP ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>157.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154767", "19049")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154767", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - FR. 104882. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>209.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154766", "19050")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154766", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - FR. 104893. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>160</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>211.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154772", "19051")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154772", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - FR. 104896. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154754", "19052")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154754", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - FR. 104895. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>214.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154760", "19053")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154760", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - FR. 104883. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>212.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154752", "19054")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154752", " CAMINHÃO VOLVO FH 440 6X4T, ANO 2008/2008, BRANCO. - FR. 104622. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>96.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154751", "19055")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154751", " CAMINHÃO VOLVO FH 440 6X4T, ANO 2008/2008, BRANCO. - FR. 104640. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154749", "19183")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154749", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - FR. 104886. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>206.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154750", "19184")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154750", " REBOQUE FACCHINI RDRBC, ANO 1996/1966, AMARELO. - FR. 361121. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154768", "19187")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154768", " CAMINHÃO VOLVO FH 440 6X4T, ANO 2010/2010, BRANCO. - FR. 104672. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>119.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154759", "19188")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154759", " CAMINHÃO MERECDES BENZ AXOR 3344S 6X4, ANO 2011/2012, BRANCO. - FR. 100422. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155357", "19213")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155357", " APROX. 70 PÇS DE SUCATAS DE COMPRESSORES DE AR-CONDICIONADO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155358", "19214")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155358", " SUCATA DE COMPONENTES ELÉTRICOS (APROX. 13 MOTORES DE PARTIDA, 3 ALTERNADORES, 8 INDUZIDOS E 13 ROTORES) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155360", "19215")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155360", " SACARÍMETRO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155361", "19216")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155361", "APROX. 460 KG. DE SUCATAS DE ALUMÍNIO SUJO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155359", "19217")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155359", " APROX. 6.300 KG DE SUCATAS DE ROLAMENTOS. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155356", "19218")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155356", "APROX. 31 CONTEINERS 1000LTS. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155362", "19219")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155362", " APROX. 500 SUCATAS DE TAMBORES DE 200 LTS. FERRO.- LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>12.400,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154770", "19221")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154770", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>208.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154771", "19222")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154771", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>198.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154756", "19223")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154756", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>192.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154762", "19224")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154762", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018, BRANCO. - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>