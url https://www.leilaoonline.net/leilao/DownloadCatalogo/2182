--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,5499 +269,4815 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154481", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154481", "MUNCK CIBI MOD. TC 6000 - COM UNIDADE HIDRÁULICA. COM BOMBA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154442", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154442", "[ VÍDEO ] Caminhão Mercedes Benz 1218 - truck Ano 1994. Com Munck Madal mod. 10.000 Ano 2005")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>148.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154458", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154458", " COLETOR/ COMPACTADOR 15 METROS CUBICOS - SEM BOMBA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154399", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154399", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154455", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154455", "CAMINHÃO VW / 17.280 CRM 4x2 CRM 4x2 ( modificado p/ 3 eixos) 4P - ANO 2015/16 - DIESEL  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155269", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155269", "VW / PUMA GTS  ANO 1979/1979 - GASOLINA - (RARIDADE/ PLACA PRETA)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155270", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155270", "VW / JETTA  ANO 2008/2009 - GASOLINA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154419", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154419", "Eletro-erosão marca Cincinnati")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154397", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154397", "Moinhos p/ tinta 3 cilindros horizontal")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154413", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154413", "PRENSA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154433", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154433", "GRUPO GERADOR BETOVA. 15 KWA. MOTOR DIESEL YANMAR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154446", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154446", "Aprox. 55 folhas de compensados de 10 a 12 mm ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154420", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154420", "Afiadora")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154435", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154435", " Moto bomba Honda - Gasolina - sem uso")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154436", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154436", " Moto bomba Honda - Gasolina - sem uso")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154422", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154422", "1 Gerador")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155271", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155271", "FIAT / UNO VIVACE 1.0 ANO 2014/2014 ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155917", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155917", "ESTEIRA ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154480", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154480", "03 MOTOREDUTORES")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154408", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154408", " 1 bomba monofásica com assessorios. Acompanha carrinho.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154409", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154409", " 3 guinchos e peças dvs. Carregardor de bateria")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154418", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154418", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154414", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154414", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155918", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155918", "1 ENTRIFUGA MANUAL 12 QUADROS E 1 DECANTADOR 12 LITROS ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154417", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154417", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154400", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154400", "Aprox. 300 Bolsas femininas diversas")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154407", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154407", " Lote de peças inox e alumínio")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154416", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154416", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154415", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154415", " 4 aspiradores de pó Eletrolux sem acessórios")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154377", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154377", "1 serra pneumatica para madeira e plastico")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155980", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155980", "LOTE DE ANTIQUIDADES: 1 MÁQUINA DE ESCREVER HERMES Baby ,1 MAQUINA FOTOGRÁFICA RICOH,  2 RÁDIOS COMUNICADORES COBRA, 2 GALOS DE BRONZE E 1 MINI COMPRESSOR ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154439", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154439", " Aparelho inclonometro lnr 2000 para guindaste (sem uso) ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154391", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154391", " 1 ventilador. .")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154447", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154447", "4 Ventiladores")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154460", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154460", " 03 MOTORES, SENDO: 02 WEG E 01 SEM MARCA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154461", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154461", " 1 PALETEIRA ELÉTRICA - 2 BATERIAS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154410", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154410", "1 ventoinha")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154390", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154390", "VÁLVULA ROTATIVA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154448", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154448", "2 Máquinas de solda")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154437", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154437", " 7 variadores de tensao monofasico didatech ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154483", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154483", "1 VENTOINHA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154438", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154438", " Misturador e inclusor de revestimento para laboratório")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154424", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154424", " 1 taboriador de peças com aquecedor")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154451", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154451", "2 Bombas de inox 1HP - sem uso")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154452", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154452", "3 Bombas inox 1HP -  sem uso")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154449", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154449", "Estabilizador ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154440", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154440", " 10 peças - câmera e protetor para empilhadeira")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154454", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154454", "Mangueiras de pressão hidráulica ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154484", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154484", "1 FILTRO ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154441", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154441", " Aprox. 1300 peças de lacre de aço")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154485", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154485", "4 PNEUS 255/50/R20 PIRELLI SCORPIONS ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154456", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154456", "2 motores weg 1 de 20 1 de 6 cv")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154457", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154457", "1 bomba a vácuo 2 moto redutor")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154429", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154429", "1 Bomba")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154431", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154431", "2 Válvulas Diafragma ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154432", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154432", "1 unidade hidráulica com 2 bombas hidráulicas com trocador de calor")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154389", "061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154389", "COLETOR E SEPARADOR DE ÓLEO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154462", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154462", " 1 VENTOINHA / VENTILADOR")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154463", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154463", " APROX. 31 UN. MOTORES DIVERSOS")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154464", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154464", " 04 BOMBAS PARA REFRIGERAÇÃO DE MAQUINAS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154467", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154467", " 01 BOMBA / MOTOR WEG CARACOL DA BOMBA INOX")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154465", "066")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154465", " 01 ALINHADOR INDUSTRIAL")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154468", "067")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154468", " 02 REDUTORES / 01 MOTOR")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154470", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154470", " 11 TAMPAS DE MOTORES WEG")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154466", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154466", " APROX. 287 KG DE ENGRANAGENS / POLIAS. SEM USO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154469", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154469", " 03 INVERSORES")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154472", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154472", " 01 BUCHA EXPANSOR")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154471", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154471", " 04 MOTORES CORRENTE CONTÍNUA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154473", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154473", " 01 MOTOR")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155430", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155430", " 13 MOTORES WEG 3CV RPM 3440")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154477", "077")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154477", " MAQUINA DE DESENTUPIR - motor Weg")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154476", "078")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154476", " 04 PÉS COM MOLA PARA MAQUINA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154474", "079")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154474", " 05 FERRAMENTAS (PONTEIRA) PARA MARTELETE")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154475", "080")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154475", " APROX. 148 UN. ITENS DIVERSOS (PARAFUSOS , ROLAMENTOS E CONEXÕES)")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154478", "081")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154478", " 02 PISTÕES PARA DESLOCAMENTO DE MAQUINAS - 1,65 MTS")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154489", "084")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154489", " 1 PRENSA BALANCIM")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154490", "085")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154490", " 1 MESA DE SOLDA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154491", "086")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154491", " 1 MÁQUINA DE SOLDA MIG BAMBOZZI- COM MANOMETRO E TOCHA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154388", "091")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154388", " VENTILADOR")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154423", "092")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154423", " BICICLETA CALOI, NA COR YELLOW, REVISADA, ARO 26, PNEUS ANTI FURO, CESTA MULTIUSO, FREIO TAMBOR, QUADRO DE AÇO, 1,80 DE COMPRIMENTO, 0,70 DE LARGURA (GUIDÃO), 1,17 ALTURA (GUIDÃO), PESO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154379", "100")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154379", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154378", "101")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154378", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154381", "109")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154381", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154380", "142")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154380", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154398", "156")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154398", " Espuladeira para enrolar fios e carreteis")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154401", "160")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154401", "1 furadeira de coluna")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154382", "183")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154382", " 5 PROTOCOLADORES")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154383", "184")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154383", " SOPRADOR")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154384", "220")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154384", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154385", "221")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154385", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154386", "276")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154386", "35 peças de tarracha sendo: 13 de 3/8 e 22 de 1/2")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154387", "279")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154387", "01 redutor")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.120,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154405", "283")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154405", " Moinho de tinta")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154394", "318")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154394", "Parachoque para F1000 em bom estado")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154392", "321")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154392", " 1 Micro teste")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154393", "322")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154393", " 1 micro teste para laboratório")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154396", "346")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154396", " porta papel")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154395", "347")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154395", " 12 reatores ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154402", "353")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154402", "Filtro prensa de placas completa acompanha 1 bomba")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154403", "361")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154403", " aprox. 25 rodízios ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154404", "363")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154404", "1 calandra")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154411", "365")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154411", "Bomba de inox")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154412", "367")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154412", "1 tesoura/ puncionadeira. Marca Franho tipo c-3  ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154350", "401")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154350", " 1 Retifica /afiadora Otica De Perfil Marca Begra Modelo Rp 150 ( precisa de revisão, porem esta completa )")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154357", "402")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154357", "01 fresadora horizontal duplo cabeçote  "hidráulica" sobre bancada (revisão e limpeza, podendo faltar peças )")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154341", "403")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154341", " 1 Centradora Manual Mecanica ( podem faltar peças )")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154425", "404")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154425", "Pórtico Rolante TRUKFORT de 3T com  Talha ELÉTRICA de 5 T")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154365", "405")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154365", " 1 Desempeno Granito Digimess 150mm X 600mm X 1000mm")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154426", "406")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154426", "Balança mecânica 1.000 kg")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154343", "408")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154343", " 1 SERRA DE FITA RONEMAK COM SOLDADOR ( funcionando )")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154482", "409")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154482", " BALANÇA FILIZOLA 300 KG")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154428", "413")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154428", " Gerador MB Diesel 6cc Turbinado com painel digital")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154376", "414")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154376", "2 ESTUFA PINTURA 2400 X 1500 - comprador se responsabiliza pela desmontagem, com pessoal habilitado para operação")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154427", "416")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154427", " Esmeril Coluna Trifásico")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154443", "417")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154443", " LINHA COMPLETA PINTURA KTL")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154430", "420")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154430", "DESEMPENO FERRO FUNDIDO - MESA DE 1000 X 800")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154444", "500")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154444", "Bancada de teste para motores - Dino MD 02. Veja especificações")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154332", "501")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154332", "Furadeira Radial ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154340", "502")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154340", " Relógio relíquia funciona - Carrilhão restaurado, dos anos de 1910 com mecanismo francê")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154335", "503")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154335", " Prensa de borracha")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154445", "504")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154445", "Máquina de teste para refrigeração")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154325", "506")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154325", " Descascador de batatas")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154324", "507")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154324", " Liquidificador, pia em inox e uma mesa")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154326", "508")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154326", " Refrigerador de carnes")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154450", "509")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154450", "Elevador para carros capacidade 2.500 kg ")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154328", "511")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154328", " Máquina de lavar louças em inox ")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154453", "512")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154453", "Aprox. 86 rolamentos Diversas marcas e modelos (38 sem embalagens). Sem uso ")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154327", "513")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154327", " Lavador de cozinha industrial em inox")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154479", "514")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154479", "LOTE DE ELETRODOS - GRAFIT APROX. 1.250 UN. E ARAME DE SOLDA  APROX. 150 Kg")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154330", "520")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154330", " Massageador relax")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154331", "521")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154331", " Balança e impressora")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154333", "523")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154333", "Lote de torneiras e componentes. Aprox.  60 torneiras e chuveiros higiênicos")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154329", "525")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154329", " Descascador de batatas")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154336", "531")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154336", "Conjunta de 1 mesa  tampo de vidro e 6 cadeiras")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154337", "532")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154337", "Bau aprox. 7 mts")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154338", "533")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154338", "aprox. 40 pçs de estante de aço")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154345", "543")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154345", " 01 queimador a gás")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154349", "544")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154349", " 01 queimador a gás")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154364", "546")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154364", " Flat Day -completo - para laminação de plásticos")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154358", "547")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154358", " Flat Day -completo - para laminação de plásticos")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154359", "548")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154359", " Rotor de moinho c/ faca de espera - sem uso")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154362", "549")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154362", " Aprox. 150 un. luminárias diversas - sem uso")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154356", "553")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154356", " 1 balção inox (4 m) e 3 pias industrial (3 m)")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154361", "554")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154361", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154354", "555")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154354", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154342", "556")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154342", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154351", "557")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154351", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154347", "558")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154347", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154348", "559")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154348", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154360", "560")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154360", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154355", "561")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154355", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154344", "562")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154344", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154352", "563")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154352", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154346", "564")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154346", " 14 disjuntores telemecanique, diferente amperagens")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154353", "565")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154353", " 14 disjuntores telemecanique, diferente amperagens")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154366", "566")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154366", " 4 chaves seccionadoras Siemens, 125a, modelo 3np4")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154363", "567")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154363", " 2 chaves seccionadoras Siemens, 250a, modelo 3np4290")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154367", "568")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154367", " Aproximadamente 65 disjuntores motores com amperagem diversas")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154368", "569")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154368", " 70 contatores Siemens, diversas amperagens e modelos")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154369", "570")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154369", " 64 Disjuntores Steck 32a curva C. Sem uso. Na caixa")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154372", "571")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154372", " 1 Painel ihm Siemens Coros OP 252 Painéis ihm Siemens OP 393")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154371", "572")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154371", " Power SupplyModelo WRA960")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154370", "573")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154370", " Disjuntor ABB Sace TmaxModelo T7S 1250")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154373", "574")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154373", " Disjuntor ABB Sace TmaxModelo T7S 1600")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154374", "582")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154374", " Aproximadamente 50 Disjuntores Siemens, diversas amperagens e voltagens Venda no estado")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154375", "583")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154375", " 4 Servidores Dell, modelos diversos, máquinas para retirada de peças, no estado. ")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154434", "600")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154434", " [ LANCE POR KG ] APROX. 8 TON. DE CAMINHO DE ROLAMENTO (27mts com os pés )")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154459", "601")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154459", " [ LANCE POR KG ][ VÍDEO ] 58 PÉS DIRETO - PARA GALPÃO / MESANINO - MEDIDAS: 320mm X 250mm X 3000mm - PESO APROXIMADO: 7.656 KILOS")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>5,50</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154421", "604")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154421", "[ LANCE POR KG ] Aprox. 5 ton. de arame tubular submerso 2mm Lincoln, Em conformidade com aws A5.20 e Asme SFA-5.20. Classificação E70T-7 DC Polarity (DCEN) certificado pela CWB para CSA W48.5-M")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>7,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154334", "606")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154334", " Aquecedor de marmitas")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154339", "607")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154339", "[ PREÇO POR KG ] aprox. 7 ton. de Tubos galvanizado com comprimento diversos usado no estado")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>