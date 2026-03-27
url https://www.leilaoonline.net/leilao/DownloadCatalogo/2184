--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154550", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154550", "[ VÍDEO ] PÁ CARREGADEIRA VOLVO MOD. L50 ANO 1999")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154551", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154551", " [ VÍDEO ] RETROESCAVADEIRA CATERPILLAR MOD. 416E 4X2 ANO 2006 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154533", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154533", "[ VÍDEOS ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154540", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154540", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 938F ANO 1998 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154537", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154537", "VW / FUSCA 1300 ano 1974/74 - GASOLINA - ORIGINAL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154552", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154552", "[ VÍDEO ] PÁ CARREGADEIRA  CATERPILLAR  MOD. 938G ANO 2000")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...173 lines deleted...]
-      </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154541", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154541", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR MOD. 12G ANO APROX. 1995")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154528", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154528", "[ VÍDEO ] BOBCAT 325. ANO 2008. MOTOR KUBOTA. ENGATE RÁPIDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154531", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154531", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 140G. ANO Aprox. 1996")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>265.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154536", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154536", " [ VÍDEO ] RETROESCAVADEIRA CASE. MOD. 580M 4x4. ANO 2007")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>144.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156480", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156480", "[ VÍDEOS ] PÁ CARREGADEIRA MICHIGAN MOD. 55A ANO Aprox. 1982")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156481", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156481", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD.  45C ANO Aprox. 1988")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154530", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154530", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D5 (CÂMBIO). ANO Aprox. 1991")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>178.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154542", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154542", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO APROX. 1980 C/ RIPPER MOTOR MB 1113 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154539", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154539", "[ VÍDEO ] TRATOR MASSEY FERGUSON. MOD. 50X. ANO Aprox. 1974 - 2 PNEUS TRASEIROS NOVOS. COM TOMADA DE FORÇA. ACOMPANHA ROÇADEIRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154553", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154553", "[ VÍDEOS ] ESCAVADEIRA HYUNDAI MOD. 220LC ANO 2014 ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>340.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154556", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154556", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 580N ANO 2012 - 4X4")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154538", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154538", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD. 315DL ANO 2011")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>290.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154547", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154547", "[ VÍDEO ] ESCAVADEIRA SANY MOD. SY215C ANO Aprox. 2015")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>240.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154548", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154548", "02 GRAMICHEL ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154554", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154554", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154549", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154549", "CONCHA CATERPILLAR 924G")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154526", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154526", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154558", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154558", "RETROESCAVADEIRA CATERPILLAR  MOD. 416E  4X4 ANO 2014 .")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>179.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154527", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154527", "CABINE PARA MÁQUINA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156539", "035")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156539", "M / BENZ 708 E ANO 1987/1987 - BAÚ  - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154559", "036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154559", "M / BENZ 608D ANO 1983/1983 - DIESEL -CARROCERIA ABERTA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154525", "037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154525", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154555", "040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154555", "TRATOR MASSEY FERGUSSON MOD. MF65R ANO 1978 - TORQUE VKR")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154534", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154534", " PÁ CARREGADEIRA CATERPILLAR. MOD. 938G II. ANO 2006")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>245.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154535", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154535", " MOTONIVELADORA CATERPILLAR. MOD. 120B. ANO 1976 (MOTOR REVISADO)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154546", "045")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/154546", "MUNCK RODOMAQ ANO 2016 - MOD. GHR 25.000")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>