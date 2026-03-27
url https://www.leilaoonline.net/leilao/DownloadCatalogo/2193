--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155195", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155195", " CENTRO DE USINAGEM MILLMASTER MC 2000, 2008")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155193", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155193", " ELETROEROSÃO FIO CHARMILLES EDM FW2U, 2014")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155196", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155196", " PRENSA EXC. MEC GRAFICA 160T, 1991")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155197", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155197", " PRENSA EXC. ATLANTICA 180T")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155192", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155192", " PRENSA DAN-PRESSE DRA 630T")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155194", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155194", " BROQUEADEIRA SIP MESA 1100X600 1972")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156704", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156704", "PRENSA JUNDIAÍ - 25 tons")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156706", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156706", "PRENSA JUNDIAÍ - 25 tons")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156707", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156707", "Prensa Barban Vicentini - 25 tons.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156709", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156709", "Prensa - 22 Ton.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156710", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156710", "Prensa Vera Cruz - 25 tons.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156712", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156712", "Prensa Jundiaí - 22 tons")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156713", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156713", "Plaina Limadora 300mm")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156715", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156715", "Prensa Harlo 12T")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156718", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156718", "Guilhotina Newton 1350 x 1.4"")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156719", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156719", "Prensa Hidráulica 15 Ton. com CLP - italiana")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156722", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156722", "Guilhotina Hidráulica 1.20 x 1.2mm")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156724", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156724", "Prensa Luxor - 100 toneladas")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156726", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156726", "Prensa Mecânica Gráfica - 80 Ton.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>21.850,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156728", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156728", "Prensa Barban Vicentini - 100 Ton.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156730", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156730", "Prensa Super Vitor 40 Ton.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156732", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156732", "Prensa Super Vitor 40 Ton.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156733", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156733", "Prensa Harlo 40 Ton")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>