--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155353", "080")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155353", "veja o vídeo!! TOYOTA/YARIS HB XLPLUSAT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 25.419KM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155760", "081")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155760", "veja o vídeo!! HONDA/CB250F TWISTER ABS; 2021/2021; VERMELHA; ALCO.GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155316", "082")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155316", "veja o vídeo!! HONDA/FIT LX CVT; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 38.800KM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156007", "083")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156007", "veja o vídeo!! HYUNDAI/HB20 1.0M 1.0 M; 2018/2018; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155312", "084")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155312", "veja o vídeo!! VW/POLO HL AD; 2019/2020; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK  - APROX. 43.600KM")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155350", "085")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155350", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR1; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 88.172,00")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>53.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155317", "086")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155317", "veja o vídeo!! CHEV/TRACKER T A LTZ; 2020/2021; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 26.000KM")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155311", "087")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155311", "HYUNDAI/HB20S 1.6M COMF; 2014/2015; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156011", "088")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156011", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 60.250,00")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>32.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155981", "089")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155981", "HYUNDAI/HB20 1.0M 1.0 M; 2012/2013; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155919", "090")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155919", "veja o vídeo!! FIAT/UNO WAY 1.0; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155761", "091")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155761", "veja o vídeo!! FIAT/UNO MILLE ECONOMY; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155393", "092")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155393", "veja o vídeo!! JEEP/COMPASS LIMITED F; 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155351", "093")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155351", "VW/T CROSS CL TSI AD; 2021/2021; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 10.230KM - FIPE: 116.667,00")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>64.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155713", "094")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155713", "veja o vídeo!! VW/VIRTUS CL AD; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 13.000KM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155310", "095")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155310", "veja o vídeo!! I/MMC OUTLANDER 2.2 D; 2015/2016; BRANCA; DIESEL - FUNC. - IPVA 2022 OK - FIPE: R$ 146.518,00")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155330", "096")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155330", "veja o vídeo!! VW/T CROSS CL TSI AD; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - FIPE: 116.667,00")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>64.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155319", "097")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155319", "I/M.BENZ GLE63AMG; 2015/2016; PRETA; GASOLINA ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155313", "098")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155313", "TOYOTA/ETIOS SD XLS; 2014/2014; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...15 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155349", "099")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155349", "veja o vídeo!! HONDA/HR-V EX CVT; 2015/2016; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155314", "100")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155314", "NISSAN/MARCH 16SV; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>37.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155315", "101")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155315", "veja o vídeo!! CHEVROLET/ONIX 10MT JOYE; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155318", "102")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155318", "veja o vídeo!! HONDA/CITY DX FLEX; 2012/2012; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156018", "103")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156018", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 56.322,00")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155321", "104")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155321", "veja o vídeo!! I/TOYOTA HILUX SW4 4X2SR; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>64.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155972", "105")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155972", "veja o vídeo!! HONDA/CITY EXL CVT; 2015/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK - APROX. 91.000KM - FIPE: 65.492,00")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>39.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155323", "106")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155323", "veja o vídeo!! RENAULT/SANDERO ZEN10MT; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>34.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155363", "107")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155363", "I/HONDA CITY EX FLEX; 2014/2014; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155327", "108")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155327", "veja o vídeo!! GM/PRISMA MAXX; 2010/2010; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155333", "109")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155333", "CITROEN/C3 GLX 14 FLEX; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...57 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155334", "110")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155334", "VW/POLO 1.6; 2005/2005; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155325", "112")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155325", "veja o vídeo!! FORD/FIESTA FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155326", "113")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155326", "veja o vídeo!! RENAULT/SANDERO EXPR 16; 2015/2016; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155920", "114")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155920", "veja o vídeo!! TOYOTA/ETIOS HB XS; 2012/2013; CINZA; ALCO.GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155320", "115")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155320", "I/HONDA CITY EX FLEX; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155331", "116")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155331", "PEUGEOT/207PASSION XR; 2010/2011; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155332", "117")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155332", "CITROEN/C3 GLX 14 FLEX; 2006/2006; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155329", "118")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155329", "veja o vídeo!! HONDA/CG 150 TITAN ESD; 2008/2008; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...89 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155335", "119")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155335", "veja o vídeo!! HONDA/HR-V EXL; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155336", "120")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155336", "veja o vídeo!! HONDA/CIVIC LXS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 PAGO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155339", "121")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155339", "veja o vídeo!! CHEVROLET/CRUZE LT NB; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155338", "122")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155338", "HONDA/FIT EXL CVT; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>44.750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...74 lines deleted...]
-      <c r="C28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155337", "123")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155337", "veja o vídeo!! I/VW AMAROK CD 4X4 HIGH; 2012/2012; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155341", "124")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155341", "GM/CELTA 2P LIFE; 2006/2007; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155726", "125")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155726", "veja o vídeo!! GM/S10 2.2 D; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155340", "126")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155340", "HONDA/SH 300I; 2018/2018; MARROM; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D28" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156124", "127")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156124", "VW/FOX 1.6 HIGHLINE GII; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2022 OK")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155342", "133")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155342", "veja o vídeo!! VW/PARATI CELA 1.8; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...926 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155343", "350")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155343", "veja o vídeo!! JOGO DE RODAS COM PNEUS ARO 17 COM PNEUS 205/40")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155344", "351")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155344", "JOGO DE RODAS DE LIGA MODELO ORBITAL ARO 14 COM PNEUS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>