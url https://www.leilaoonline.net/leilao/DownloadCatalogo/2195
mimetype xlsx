--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155410", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155410", " CAMINHÃO  MERCEDES BENZ MB 1214  - ANO:  1994 MOD:  1995 PLACA:  FINAL: 66 .NO ESTADO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155411", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155411", " CAMINHÃO  VOLKSWAGEN VW 17.250 E OBS: COM COMPACTADOR ANO:  2011 MOD:  2012 PLACA: FINAL: 42 . NO ESTADO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155418", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155418", " CAMINHÃO  VOLVO VM 310 4x2 ANO:  2010 MOD:  2010 PLACA: FINAL: 33 . NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155420", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155420", " CARRETA RANDON SR/RANDON SR FG OBS: CARRETA BAÚ 3 EIXOS / NÃO ACOMPANHA PNEUS E ESTEPE. ANO:  2000 MOD:  2000 PLACA:  FINAL: 66 . NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155413", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155413", " SIDER FACCHINI SR/ FACCHINI SRF LO OBS: SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS E ESTEPE. ANO:  2004 MOD:  2004 PLACA: FINAL: 15 . NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155416", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155416", " CARRETA RANDON SR/RANDON SR FG OBS: CARRETA BAÚ 3 EIXOS / NÃO ACOMPANHA PNEUS E ESTEPE.  ANO:  2000 MOD:  2000 PLACA: FINAL: 40 . NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155415", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155415", " SIDER FACCHINI SR/ FACCHINI SRF LO OBS: SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS E ESTEPE/ NÃO ACOMPANHA MATERIAL CARREGADO DENTRO DO EQUIPAMENTO. ANO:  2010 MOD:  2011 PLACA:  FINAL: 43 . NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155414", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155414", " SIDER BERTOLINI REB/ BERTOLINI AMZ BAL3FR OBS: SIDER 3 EIXOS RETA / NÃO ACOMPANHA PNEUS E ESTEPE.  ANO:  2002 MOD:  2002 PLACA: FINAL: 72 , NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155419", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155419", " CARRETA RANDON SR/RANDON SR FG OBS: CARRETA BAÚ 3 EIXOS / NÃO ACOMPANHA PNEUS E ESTEPE.  ANO:  2000 MOD:  2000 PLACA:  FINAL: 80 . NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155412", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155412", " SIDER BERTOLINI REB/ BERTOLINI AMZ BAL3FR OBS: SIDER 3 EIXOS  / NÃO ACOMPANHA PNEUS E ESTEPE.  ANO:  2002 MOD:  2002 PLACA:  FINAL: 82 NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155417", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155417", " CARRETA FACCHINI SR/ FACCHINI SRF CF OBS: CARRETA BAÚ 3 EIXOS / NÃO ACOMPANHA PNEUS E ESTEPE.  ANO:  2006 MOD:  2006 PLACA: FINAL: 60 . NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155423", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155423", " SIDER FACCHINI REB/ FACCHINI IR RER FR OBS: SIDER 3 EIXOS REBAIXADA / NÃO ACOMPANHA PNEUS E ESTEPE /PRIMEIRO EIXO AUSENTE / NÃO ACOMPANHA MATERIAL CARREGADO DENTRO DO EQUIPAMENTO  ANO:  1995 MOD:  1995 PLACA:  FINAL: 49 . NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155422", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155422", " CARRETA RANDON SR/RANDON SR FG OBS: CARRETA BAÚ 3 EIXOS / NÃO ACOMPANHA PNEUS E ESTEPE.  ANO:  2000 MOD:  2000 PLACA:  FINAL: 90 . NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155421", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155421", " CARRETA RANDON SR/RANDON SR FG OBS: CARRETA BAÚ 3 EIXOS / NÃO ACOMPANHA PNEUS E ESTEPE.  ANO:  1999 MOD:  1999 PLACA:  FINAL: 07 . NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155424", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155424", " LOTE COM 04 PNEUS VOM RODAS.  FIRELLI PNEUS COM RODAS 600/50 R 22,5  - - - - - -")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...437 lines deleted...]
-      <c r="C25" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155428", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155428", " CAÇAMBA ANTONIOSI CAÇAMBA DE TRANSBORDO CANAVIEIRA OBS: TRANSBORDO PARA TRUCK - - - - -")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D25" s="4" t="inlineStr">
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...25 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155427", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155427", " CAÇAMBA ANTONIOSI CAÇAMBA DE TRANSBORDO CANAVIEIRA OBS: TRANSBORDO PARA TOCO - - - - -")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...25 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155425", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155425", " IMPLEMENTO SERMAG DISTRIBUIDOR DE TORTA 2 LINHAS SMR 604, SÉRIE 0136 ANO:  2006 MOD:  2006 - - -")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...20 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155426", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155426", " IMPLEMENTO SERMAG DISTRIBUIDOR DE TORTA 2 LINHAS SMR 604, SÉRIE 0135 ANO:  2006 MOD:  2006 - - -")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155429", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/155429", " ESCAVADEIRA HIDRÁULICA 135c  SANY ANO:  2014 MOD:  2014 - - -")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>