--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/713", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/713", " FROTA 10064; MOTO KASINSKI CRZ 150 10; BRANCA; 2012/2012;   NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/711", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/711", " FROTA 10067; MOTO KASINSKI CRZ 150 10; BRANCA; 2012/2012;   NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/716", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/716", " FROTA 10031; MOTO HONDA CBX 200 STRADA; BRANCA; 2001/2002;   NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/715", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/715", " FROTA: 545; PÁ CARREGADEIRA; MARCA: CLARK; PNEUS REGULARES.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/714", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/714", " FROTA: 735 - ; PÁ CARREGADEIRA; MARCA: CLARK MICHIGAN 55; HORÍMETRO: 2379; PNEUS REGULARES. Número de série do chassi: 422A-729-BRC")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>36.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/712", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/712", " FROTA 2910; VW GOL GIII HIGHWAY 1.0 (BATIDO); BRANCA; 2003/2003; .  NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/720", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/720", " FROTA 2460; VW KOMBI; BRANCA; 2000/2000; . OBS.: MOTOR TROCADO E SEM TARJETA - REGULARIZAÇÃO POR CONTA DO COMPRADOR. . NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES; NO ESTADO.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/719", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/719", " FROTA 3070; FIAT UNO; BRANCA; 2004/2004;   NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/717", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/717", " FROTA: 255; PÁ CARREGADEIRA; MARCA: FIAT ALLIS; HORÍMETRO: 8756; PNEUS REGULARES.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/718", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/718", " FROTA: ; PÁ CARREGADEIRA; MARCA: MASSEY FERGUSON; PNEUS RUINS.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/723", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/723", " FROTA: 625; TRATOR; MARCA: MASSEY FERGUSON; HORÍMETRO: 2004; PNEUS RUINS.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>14.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/721", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/721", " FROTA 1730; VW KOMBI; BRANCA; 1994/1994;   NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/722", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/722", " FROTA 2050; FIAT FIORINO WORKING; BRANCA; 1998/1998; .  NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/724", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/724", " FROTA: 395; TRATOR; MARCA: YANMAR; MODELO: 1050; PNEUS RUINS.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>17.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/727", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/727", " 02 CAÇAMBAS P/ ENTULHO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/725", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/725", " BETONEIRA S/ MOTOR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/729", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/729", " MOTOR/CÂMBIO FIAT.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/726", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/726", " LAVADORA WAP 5 CV, CADEIRA ODONTOLÓGICA ODONTO BECCHI LIGHT SYSTEM, SIRENES E GIROFLEX.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/728", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/728", " FROTA 10800; ÔNIBUS MB 1315; VERMELHA; 1990/1990;   NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/730", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/730", " SUCATA MISTA. (Caçamba não faz parte deste lote.)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/732", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/732", " CAIXA DÁGUA EM AÇO CARBONO.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/731", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/731", " CAIXA DÁGUA EM AÇO CARBONO.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/733", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/733", " FROTA 10740; ÔNIBUS MB 1318; VERMELHA; 1990/1991;   OBS.: MOTOR TROCADO E SEM TARJETA . REGULARIZAÇÃO POR CONTA DO COMPRADOR. NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/734", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/734", " FROTA 10068; MOTO KASINSKI CRZ 150 10; BRANCA; 2012/2012; ; PNEUS BONS. NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/735", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/735", " FROTA 10061; MOTO KASINSKI CRZ 150 10; BRANCA; 2011/2011; ; PNEUS BONS. NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES;")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/738", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/738", " FROTA: 3500  ÔNIBUS MB 1318 ; VERMELHA; ANO: 1994 ; . OBS.: MOTOR TROCADO E SEM TARJETA . REGULARIZAÇÃO POR CONTA DO COMPRADOR. . NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES; NO ESTADO.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/736", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/736", " FROTA 6050; AMBULÂNCIA PEUGEOT BOXER RONTAN (BATIDA); BRANCA; 2011/2011;   NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES; NO ESTADO.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/740", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/740", " FROTA 3770; FIAT SIENA FLEX 1.0; BRANCA; 2009/2010; . NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES; NO ESTADO.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/737", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/737", " ROÇADEIRA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/739", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/739", " ROÇADEIRA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/741", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/741", " ROÇADEIRA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/743", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/743", " FROTA: 305; TRATOR; MARCA: MASSEY FERGUSON; MODELO: 295; PNEUS REGULARES.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/742", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/742", " FROTA: 635; MOTONIVELADORA (PATROL); MARCA: FIATALLIS; MODELO: FG70B; PNEUS REGULARES.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/746", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/746", " BAÚ EM ALUMÍNIO FACCHINI")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/745", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/745", " FROTA: 325; PÁ CARREGADEIRA; MARCA: FIATALLIS; MODELO: W20; PNEUS REGULARES.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>47.750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...217 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/744", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/744", " Trator Agrale Frota 275")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>6.600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...766 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/747", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/747", " FROTA 10017; MOTO YAMAHA YBR 125K ; PRATA; 2001/2001; ; NO ESTADO DE CONSERVAÇÃO EM QUE SE ENCONTRA, NÃO CABENDO RECLAMAÇÕES POSTERIORES; NO ESTADO.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>