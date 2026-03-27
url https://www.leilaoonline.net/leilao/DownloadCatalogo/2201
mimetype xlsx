--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,3995 +269,3499 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156078", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156078", "Toyota Hilux CD SR XA 4 FD Ano 2015/2016 - Diesel")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156111", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156111", "LAND ROVER / DISCOVERY 4S BITURBO  ANO 2013 -DIESEL 3.0  - FUNCIONANDO / 7 LUGARES / PNEUS SEMI NOVOS / REVISÃO NOV. 2021 / 110.000 KM APROX. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156112", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156112", "CARRETA REBOQUE BAÚ ANO 2022 (SEM  USO)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156080", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156080", "[ VÍDEO ] Gerador de energia carenado e silenciado. 500 kva 220/ 380/ 440 V. Motor Volvo Penta. Funcionando.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156086", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156086", "CAMINHÃO VW / 17.280 CRM 4x2 4P - ANO 2015/16 - DIESEL  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156099", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156099", "AUDI A3 LM 122CV I. GASOLINA. ANO 2014")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156098", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156098", " PÁ CARREGADEIRA JCB MOD. 214 ANO 2002 - PARA RETIRADA DE PEÇAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156081", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156081", "[ VÍDEO ] Gerador de energia carenado e silenciado.  180 kva 220 / 380 / 440 V. Motor MWM X10. Ano: 2005. Funcionando")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156019", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156019", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156100", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156100", "GRADE ARADORA BALDAN 20/32" - DISCOS, EMBUCHAMENTO E MANGUEIRAS NOVAS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156041", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156041", " M.BENZ/L1513 ANO 1971/1971")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156096", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156096", " PÁ CARREGADEIRA CATERPILLAR MOD. 966 C ANO 1983 - CABEÇOTE DESMONTADO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156022", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156022", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156023", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156023", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156082", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156082", "CAMINHÃO DE CARGA MERCEDES BENZ L 1113. COM MUNCK MOD. 12. REVISADO. (2 HIDRÁULICAS E 2 MANUAIS)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156745", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156745", "[ SEM USO ] Pá Carregadeira New Holland. Mod. 130 B. Ano 2018. Zero horas. Sem painel. Motor e transmissão desinstalados.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>225.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156021", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156021", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156024", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156024", "Peças para colhedeira de cana  sem uso - Dvs marcas (planilha em anexo)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156025", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156025", "Peças para caminhão -  sem uso - Dvs marcas (planilha anexa)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156026", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156026", "Peças para veículos-  sem uso - Dvs marcas (planilha em anexo)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156093", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156093", " PÁ CARREGADEIRA MICHIGAN MOD. 75 III ANO 1978")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156079", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156079", "VOLVO FH 460 6x2 T ano 2014/2014 - Diesel")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156094", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156094", "[ VÍDEO ] Munck com 2 hidráulicas para 3,5 t pe. Mangueiras novas. Funcionando")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156097", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156097", " FIAT / DUCATO MC TCA ANO 2014 / 2014 - DIESEL - MAXXICARGO TETO ALTO/LONGA - C/ AR CONDICIONADO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156101", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156101", "MUNCK RODOMAQ ANO 2016 - MOD. GHR 25.000")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156747", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156747", "[ VÍDEO ] Plataforma Elevatória marca JLG. Mod. AM-36. Altura 12 metros. Em bom estado funcionamento")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156034", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156034", "[ VÍDEO ] CITRÖEN C4 20GLXA5P F . FLEX. ANO 2010/11")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156042", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156042", "Empilhadeira Taylor. Mod. T360. Capacidade: 18 tons. Ano: 1988. Motor: OM 352 Turbo revisado. Transmissão: Alisson 3 marchas a frente e tres a ré. Funcionando.")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156067", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156067", " Pá Carregadeira Volvo mod. L50 ano 1998")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156744", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156744", " Calandra hidráulica de grande capacidade. Medidas: esp. 1.1/2” x 2.500 mm. Reformada. Em bom estado.")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156083", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156083", "[ SUCATA ] - Chassi de MB/LP321 ano 1960/1960 - com Baixa")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156073", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156073", "GM CHEVROLET D10. DIESEL. ANO 1983/1983")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156072", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156072", " VW FOX 1.0. Flex. Ano 2008/ 2008. Aprox. 115.000 km")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156063", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156063", "[ VÍDEO ] Caminhão Mercedes Benz 1714  Ano 1994. Mêcanica operacional, munck sem vazamento Madal 11.500")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156087", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156087", "Mitsubishi / L200 4x4 GLS ano 2002/2002 - Diesel")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156088", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156088", "Renault / Logan Expression 1.0 16V ano 2012/2012 - Flex")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156091", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156091", " RETROESCAVADEIRA CATERPILLAR MOD. 416D ANO 2002 - 4X2")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156089", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156089", " PÁ CARREGADEIRA NEW HOLLAND MOD. 12B ANO 2009 - MOTOR MWM")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156092", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156092", " PÁ CARREGADEIRA VOLVO MOD. MOD. L50 ANO 1998")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156074", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156074", "Baú 16 pallets Niju Ano 2010. Reformado pintura nova")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156077", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156077", "Capó para MB 1620 com para lama esquerdo")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156053", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156053", " 01 CAPÔ SCANIA 112 -BRANCA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156051", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156051", " CARRETINHA (3,5 METROS COMPRIMENTO)s/documento")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156054", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156054", " QUINTA RODA P/ CAMINHÃO CANAVIEIRO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156055", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156055", " LOTE DE VIDROS/COM JANELAS DIVERSOS")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156056", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156056", " TRATOR DEUTZ DM ANO 1963 -CILINDROS REFRIGERADOS A AR (ORIGINAL)")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156075", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156075", "CAMINHÃO MB 1318  Ano 2003/03   - Trucado  - eletrônico 4cc")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156076", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156076", "[ VÍDEO ] CAMINHÂO MB Axor 2540 S Ano 2008/08")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156090", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156090", " TRATOR DE ESTEIRA FIATALLIS MOD. 14CT ANO 1998")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156110", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156110", "GRADE ARADORA CIVEMASA CANAVIEIRA 20X34 " X 370MM  ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156052", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156052", " CARCAÇA DIFERENCIAL SCANIA 9114 - ANO 2014")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156113", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156113", "PÁ CARREGADEIRA CATERPILLAR MOD. 924G ANO 2008 ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>244.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156095", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156095", "[ VÍDEO ] ÔNIBUS MARCOPOLO / VOLARE LOTAÇÃO. DIESEL. ANO 2002")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156115", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156115", " PÁ CARREGADEIRA CATERPILLAR MOD. 930T ANO 1993")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156116", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156116", " PÁ CARREGADEIRA MICHIGAN MOD. 75 HD ANO 1979 ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156114", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156114", "CAMINHÂO TANQUE M. BENZ / L 1620. ANO 2005/2005 - DIESEL")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156746", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156746", "Empilhadeira marca Maximal – capac. 4,5 Ton – Ano 2014 – toda revisada. Operacional")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156748", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156748", "  Afiadora de Brocas – marca Mello")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156060", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156060", " Semi Reboque Prancha Carreta Carrega Tudo, marca Randon , 60 Toneladas, ano 1981 sem pneus , Pneumática, com rampa, aceita Dolly, 12 mts reta, aceita colocação instalação de locks para containers")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156058", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156058", "Guindaste auto propelido, marca PPM 23 Toneladas, motor Deusts 6cc, 24 mts lança. Ano 87. Parou funcionando. Necessário manutenção.")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156057", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156057", "Guindaste marca Bantam modelo S628, 18 toneladas, ano 1985, lança 22 mts, motor Cummins, e lança Aux Gibi 4 mts. Parou funcionando. Necessário manutenção.")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156751", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156751", "TRATOR AGRÍCOLA VOLVO 350")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156061", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156061", " Compressor de ar - Atlas Copco CA 160 ano 2008 - BRP066958")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156059", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156059", " Compressor de ar - Atlas Copco CA 160 ano 2008 - BRP067178")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156752", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156752", " Torno horizontal Wroctaw")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156749", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156749", " Furadeira radial  Rocco modelo R-35")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156750", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156750", " Furadeira radial Nardini modelo FRN-60")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156756", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156756", " Curvadora de tubos grande capacidade – 3”, 4” e 6” – com matrizes ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156754", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156754", " Caminhão Volks – modelo – 17280 – Ano 2015/2016 – automático – com aprox. 285.000 Kms – motor funcionando")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156757", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156757", " Camionete – Ford – modelo – F-4000 – Ano 1997 – Turbinada – motor MWM – carroceira madeira – pneus bons – motor funcionando ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156755", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156755", " Veiculo – Volks – modelo – Variant – Ano 1973 – Colecionador – funcionando ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156759", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156759", " Semi Reboque – Sider – marca Facchini – Ano 2017 – 02 eixos – assoalho de chapa – comprimento 15 metros ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156065", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156065", " Aprox. 20 Rolamentos industriais (8 un.6322 c3, 5 un. 6319 c3 e outros)")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156064", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156064", " Aprox. 27 unidades de Bobinas 24V")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156760", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156760", " Semi Reboque – Sider – marca Facchini – Ano 2017 – 02 eixos – assoalho de chapa – comprimento 15 metros")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156066", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156066", " Lote com itens diversos - Policorte, ferramentas diversas, balança e outros")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156758", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156758", " Carroceira Cana Picada – Ano 2015 ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156761", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156761", " Conjunto rodoviário – canavieiro – marca Rodofort – Ano 2007/2008")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156068", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156068", " Cabeçote completo do motor 352")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156762", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156762", " Trator colhedora cana – marca CBT – funcionando")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156764", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156764", " Munck – modelo – 20.000 – com 02 Lanças hidráulicas e 02 Manuais")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156763", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156763", "  Tanque em fibra vidro – capacidade 15.000 Litros – marca Unifibra")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157087", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157087", "Trator marca Valmet com retroescavadeira")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156035", "096")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156035", " Carroceria de cana")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156020", "102")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156020", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156029", "103")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156029", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156119", "104")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156119", "ESCAVADEIRA CATERPILLAR MOD. 315 ANO 2007")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>330.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156120", "105")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156120", "GUINDASTE CLARCK MOD. 720 ANO 1986 - 20 TON. - MOTOR MERCEDES BENZ 352")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156084", "107")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156084", "PÁ CARREGADEIRA KOMATSU MOD. WA38-6 - ANO 2009 - S/TRANSMISSÃO")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156069", "109")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156069", "ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 312 DL ANO 2014 - APROX. 6.000 HRS.")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>370.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156062", "110")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156062", "Pá Carregadeira Caterpillar mod. 924H ano 2012. Aprox. 10.700 horas (cabine original)")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156085", "116")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156085", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156027", "117")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156027", " Arado. Marca Líder. 3 Discos")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156030", "121")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156030", " Reboque Ano 1995. Marca Lençois RRTC")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156028", "123")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156028", " 02 unhas de pá carregadeira")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156031", "124")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156031", " 02  tanques de caminhão")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156036", "128")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156036", " Bancada de teste Wabco")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156038", "131")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156038", " Maquina de rebitar freio")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156037", "132")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156037", " Maquina de rebitar freio")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156039", "133")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156039", "01 bicicleta cargueira")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156040", "134")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156040", "1 Compressor")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156032", "135")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156032", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156033", "139")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156033", " 7 filtros Tecfil  PSL523")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156741", "140")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156741", "CONJUNTO 4 PÇS - PROTETOR DE CULTURA PARA AUTOPROPELIDO JACTO UNIPORT 2030 - (SEM USO)")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156043", "141")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156043", " Carreta reboque / Rodoviária ano 1987 - canavieira cana picada, tomba lado direito - 8,20mts - sem pneus /rodas (azul)")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156046", "142")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156046", " Carreta reboque / Rodoviária ano 1987 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (azul)")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156047", "143")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156047", " Carreta reboque / Julieta ano 1988 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (azul)")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156045", "144")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156045", " Carreta reboque / Rodoviária ano 1988 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (amarelo)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156044", "145")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156044", " Carreta reboque/Justari RC 1575 ano 1995 - canavieira cana picada, tomba lado direito- 8,20mts -sem pneus /rodas (azul)")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156048", "146")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156048", " Carreta reboque / Rodoviária ano 1987 - canavieira cana picada, tomba lado direito - 8,20mts -sem pneus /rodas (amarelo)")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156070", "703")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156070", "CAMINHÃO VW 17.190 WORKER. ANO: 2012 / 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. CAMINHÂO NO CHASSI. EQUIPAMENTO NÂO INCLUSO.")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156071", "704")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156071", "CAMINHÃO VW 17.190 WORKER. ANO 2012/ 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156117", "705")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156117", "CAMINHÃO VOLVO VM 270 4X2R. ANO 2013/ 2013. REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156118", "706")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156118", "CAMINHÃO VOLVO VM 270 4X2R. ANO 2013/ 2013.REVISADO. FUNCIONANDO. PNEUS SEMI NOVOS. EQUIPAMENTO NÃO INCLUSO.")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156102", "707")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156102", "Máquina de Pintura de guias e meio-fio. 2.500 Litros. Semi-nova. Reformada.")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156105", "708")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156105", "[ VÍDEO ] Carrinho Lotucar Completo. Reformado e reforçado")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156109", "709")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156109", "[ VÍDEO ] 10 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156104", "710")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156104", "[ VÍDEO ] 10 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156108", "711")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156108", "[ VÍDEO ] 10 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156107", "712")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156107", "[ VÍDEO ] 10 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156106", "713")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156106", "[ VÍDEO ] 10 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156103", "714")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156103", "[ VÍDEO ] 50 unidades de Carrinho Lotucar Completos. Reformados e reforçados")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156049", "801")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156049", "[ VÍDEO ] Escavadeira Volvo Ec 220D Ano 2015 Operacional.")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>399.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156050", "902")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156050", "IVECO STRALIS 600S44T. ANO 2013/2014. FUNCIONANDO.")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>