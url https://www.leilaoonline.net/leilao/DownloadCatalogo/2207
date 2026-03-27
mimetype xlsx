--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156537", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156537", "VOLKSWAGEN AMAROK V6 HIGH AC4, ANO 2018/2018, CINZA. - LOC. PARAGUAÇU PAULISTA/SP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156528", "299")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156528", " SUCATA DE CAMINHAO VW/8.150 - MEDIO 5 TONEL, ANO 2003/2004. BRANCA - FR .4100001 - LOC. PARAGUAÇU/SP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156529", "304")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156529", " EMPILHADEIRA HYSTER H120FT TRIPLEX 6715M, ANO 2008. - FR. 4200236 - LOC. PARAGUAÇU/SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156525", "329")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156525", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014/2014. - FR. 4300090 - LOC. NARANDIBA/SP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156535", "341")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156535", " LOTE DE MOTORES DIESEL E PEÇAS DE MOTOR - LOC. NARANDIBA/SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156534", "344")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156534", " LOTE DE CAIXAS DE ADUBO PARA SULCADORES/CULTIVADORES - LOC. NARANDIBA/SP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156527", "348")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156527", " CARRETA DISTRIBUIDORA CALCARIO SPANDER 1,  ANO 2012. - FR. 4401132 - LOC. NARANDIBA/SP ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156526", "364")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156526", " PULVERIZADOR AGRICOLA DE BARRAS COLUMBIA,  ANO 2006. - FR. 4400203 - LOC. NARANDIBA/SP ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156533", "367")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156533", " CABINA SCANIA P360 B6X4 CS - FR. 4100255  - LOC. NARANDIBA/SP")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156532", "390")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156532", " CABINA VW 26260 WORKER ELETRONIC  - FR. 4100195  - LOC. NARANDIBA/SP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156530", "586")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156530", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014. - FR. 4300088 - LOC. PARAGUAÇU/SP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...254 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156531", "588")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156531", " COLHEDORA CANA 2 LINHAS JOHN DEERE 3522, ANO 2014. - FR4300093 - LOC. PARAGUAÇU/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>