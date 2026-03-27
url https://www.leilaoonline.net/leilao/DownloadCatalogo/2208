--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156540", "583")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156540", "ARRANCADOR DE AMENDOÍM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156541", "584")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156541", "CARRETA AGRICOLA REFORÇADA P/ 6 T")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156542", "585")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156542", "GRADE TATU 28X28")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156543", "586")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156543", "BOB CAT, 2012, N.HOLLAND")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156544", "587")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156544", "TERRACEADOR  TATU")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156545", "588")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156545", "GRADE 40X28")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156546", "589")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156546", "CARRETA BASCULANTE P/CILAGEM COM PISTÃO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156547", "590")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156547", "ROÇADEIRA PICCIN")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156548", "591")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156548", "CARRETA DE CALÇARIO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156549", "592")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156549", "GRADE TATU 14X32")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156550", "593")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156550", "QUINTA RODA 23 UNIDADES APROXIMADAMENTE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156551", "594")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156551", "TERRACEADOR PESADO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156552", "595")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156552", "PLAINA STARA MOD. 5000")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156553", "596")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156553", "CARRETA SOLLUS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156554", "597")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156554", "LOTE COM 6 UN DE HERBICAT E BRAÇOS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156555", "598")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156555", "ESTRUTURA DE GRADE BALDAM")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156556", "599")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156556", "CARRETA CALÇARIO MOD. 2500")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156557", "600")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156557", "TRATOR AGRALE MOD. 5085.4; ANO 2009 (DESMONTADO)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156558", "601")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156558", "ESTRUTURA DE GRADE 14X26")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156559", "602")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156559", "CARRETA CALÇARIO ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156561", "603")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156561", "CARRETA CALÇARIO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156562", "604")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156562", "ESTRUTURA DE GRADE 20X26")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156563", "605")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156563", "ROÇADEIRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156564", "606")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156564", "CARRETA CALÇARIO MOD. 2500")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156565", "607")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156565", "CARRETA CALÇARIO ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156566", "608")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156566", "PLANTADEIRA DE FUMO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156567", "610")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156567", "GRADE TATU 16X28")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156568", "611")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156568", "TANQUE CHORUMEIRA 6.000 LTS APROX")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156569", "612")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156569", "TANQUE CHORUMEIRA 6.000 LTS APROX")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156570", "613")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156570", "TANQUE CHORUMEIRA 6.000 LTS APROX")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156571", "625")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156571", "GRADE TATU 14X32")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156572", "626")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156572", "CARRETA BASCULANTE P/CILAGEM COM PISTÃO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156573", "627")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156573", "ARRANCADOR DE AMENDOÍM")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>