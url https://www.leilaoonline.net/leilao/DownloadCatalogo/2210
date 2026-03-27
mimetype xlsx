--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156654", "523")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156654", "veja o vídeo!! GUILHOTINA; MEDIDAS: 3,30 DE COMPRIMENTO E 1,45 DE LARGURA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156655", "524")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156655", "veja o vídeo!! PRENSA; 160 T - 1.16X1.85 DE LARGURA E 2.10 DE ALTURA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156656", "525")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156656", "CALANDRA (PEÇAS)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156657", "526")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156657", "FURADEIRA (PEÇAS)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156658", "529")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156658", "veja o vídeo!! CAMINHONETE LEGALIZADA GM/CHEVROLET C1404; 1976/1976; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156661", "532")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156661", "APROX. 60 UND DE CADEIRAS ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156663", "534")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156663", "APROX. 8 TONELADAS DE TUBO; 2,5 POLEGADAS - 1,5 POLEGADA - 2 POLEGADAS - 1 POLEGADA x3/8 - LANCE POR KG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156664", "536")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156664", "APROX 8 METROS DE ESTEIRA BORRACHA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156667", "544")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156667", "2 UND DE PNEUS AGRÍCOLAS; 560/60 R22.5")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156668", "545")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156668", "3 UND DE PNEUS AGRÍCOLAS; 650/75 R-32")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.850,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156669", "549")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156669", "10 UND DE PNEUS AGRÍCOLAS; 710/70 R-38")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156670", "550")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156670", "2 UND DE PNEUS AGRÍCOLAS; 650/60-38")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156671", "551")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156671", "13 UND DE PNEUS AGRÍCOLAS; 600/65 R-28")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156672", "552")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156672", "4 UND DE PNEUS AGRÍCOLAS; 13.6-38")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156673", "553")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156673", "2 UND DE PNEUS AGRÍCOLAS; 380/80 R-38")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156674", "556")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156674", "6 UND DE PNEUS AGRÍCOLAS; 24.5-32")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156675", "558")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156675", "2 UND DE PNEUS AGRÍCOLAS; 380/90 R-46")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156677", "567")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156677", "4 UND DE PNEUS AGRÍCOLAS; 540/80 R-38")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156678", "571")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156678", "5 UND DE PNEUS RODOVIARIOS; 385/95 R-24")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157084", "573")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157084", "63 UND DE PNEUS RODOVIARIOS; 275/80 R-22.5")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156680", "578")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156680", "10 UND DE PNEUS AGRÍCOLAS; 600/50 22.5")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156681", "579")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156681", "11 UND DE PNEUS DIVERSOS MAQUINAS; 35.5LB32")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156683", "581")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156683", "CARROCERIA DE MADEIRA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156684", "582")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156684", "21 UND DE CAMPANAS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156685", "583")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156685", "4 UND DE PNEUS AGRÍCOLAS; 15.5-38 - GOODYEAR - DYNA TORQUE III")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156692", "584")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156692", "4 TONELADAS DE BALANÇA DESMONTADA - VIGAS DE 6 METROS - LANCE POR KG")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156694", "585")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156694", "LOTE COM 3 UN BOLSA SUSPENSÃO AR")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156695", "586")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156695", "183KG DE BUCHAS - LANCE POR KG")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156696", "587")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156696", "LOTE COM 3 UN DE BUJÃO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156697", "588")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156697", "LOTE COM 2 UN DE BUJÃO GLP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156701", "592")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156701", "CAIXA DE FERRAMENTAS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156702", "593")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156702", "veja o vídeo!! CAMINHÃO VOLVO ROLLON/VM 260 6X2R; 2009/2010; VERMELHA; DIESEL - IPVA 2022 OK")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156703", "594")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156703", "LOTE COM APROX. 10 UN DE CAVALETE")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156705", "595")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156705", "162 KG DE CHAPA GARIMPO - LANCE POR KG")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>324,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156708", "596")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156708", "LOTE COM 16 UND DE COMANDOS DIVERSOS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156711", "597")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156711", "CONJUNTO DE TRANSBORDO DE CANA; MARCA SERMAG; PNEUS 600/50-22,5")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156714", "598")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156714", "LOTE COM 10 UN DE CONTROLADO PDCP6500")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156716", "599")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156716", "DISJUNTOR DIVERSOS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156717", "600")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156717", "EIXO; 1,2 METROS; 19.5 KG")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156720", "601")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156720", "EXPOSITOR DE CARVÃO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156721", "602")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156721", "HÉLICE AGRÍCOLA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156723", "603")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156723", "LOTE COM 15 UN DE MÁQUINAS ESCRITÓRIO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156725", "604")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156725", "SERVO EMBREAGEM VOLVO EDC KONGSBERG")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156727", "605")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156727", "LOTE COM 16 UN DE PEÇAS DE TECNIL")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156729", "606")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156729", "LOTE COM 19 UN DE PISTÕES DIVERSOS; 425 KG - LANCE POR KG")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.062,50</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156731", "607")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156731", "RESERVATÓRIO DE ÁGUA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156734", "608")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156734", "VW/ SAVEIRO CS ST MB,  2015/2016, BRANCA, ALCOOL/GASOLINA - IPVA 2022 OK")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156735", "609")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156735", "SPRAYER CONTROL JACTO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156736", "610")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156736", "LOTE COM 3 UN DE TANQUE 45L")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156737", "611")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156737", "LOTE COM APROX. 18 UN DE TECLADOS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156738", "612")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156738", "200KG DE TELA - LANCE POR KG")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156739", "613")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156739", "945 KG DE TUBOS - LANCE POR KG")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156740", "614")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156740", "825 KG DE TUBOS; CHAPAS; VIGAS - LANCE POR KG")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156769", "615")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156769", "LOTE COM 5 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 20X42 NOVA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156774", "616")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156774", "LOTE COM 5 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 20X42 NOVA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156776", "617")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156776", "LOTE COM 5 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 20X42 NOVA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156777", "618")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156777", "LOTE COM 4 UND DE ARQUIVOS")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156778", "619")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156778", "LOTE COM 2 UND DE BANCO AGRÍCOLA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156779", "620")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156779", "LOTE COM 2 UND DE BANCO AUTOMOTIVO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156780", "621")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156780", "LOTE COM APROX. 10 UND DE CABO DE AÇO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156781", "622")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156781", "1.180KG DE CANTONEIRA DE METAL - LANCE POR KG")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156782", "623")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156782", "COLUNA DE DIREÇÃO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156783", "624")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156783", "LOTE COM APROX. 18 UND DE COMPRESSOR PARA REFRIGERAÇÃO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156784", "625")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156784", "LOTE COM 25 UND DE CUBOS; 725KG - LANCE POR KG")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>3.117,50</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156785", "626")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156785", "LOTE COM 25 UND DE CUBOS; 725KG - LANCE POR KG")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>3.117,50</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156786", "627")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156786", "LOTE COM 25 UND DE CUBOS; 725KG - LANCE POR KG")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>3.117,50</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156787", "628")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156787", "LOTE COM 25 UND DE CUBOS; 725KG - LANCE POR KG")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>3.190,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156788", "629")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156788", "MÁQUINA DE SOLDA DE PEÇAS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156789", "630")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156789", "LOTE COM 3 UND DE MÓVEIS DE ESCRITÓRIO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156791", "631")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156791", "LOTE COM APROX. 60 UND DE PEÇAS DE MOTORES DIVERSOS")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156792", "632")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156792", "PEDAL")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156793", "633")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156793", "LOTE COM 2 UND DE PNEUS PIRELLI CINTURATO P7 - MEDIDA 245/40 R18")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156794", "634")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156794", "LOTE COM 5 UND DE RADIADORES")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156795", "635")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156795", "LOTE COM 2 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 16X38")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156796", "636")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156796", "LOTE COM 4 UND DE RODAS PORSCHE ORIGINAL COM PNEUS 255/50 R-19")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157184", "637")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157184", "LOTE COM APROX. 100 UND DE TAMBORES DE 200 LITROS - LANCE POR UND")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>20,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157185", "638")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157185", "LOTE COM 100 UND DE RODAS 1100 X 22 - LANCE POR UND")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157186", "639")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157186", "LOTE COM 100 UND DE RODAS 1100 X 22 - LANCE POR UND")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157187", "640")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157187", "LOTE COM 100 UND DE RODAS 1100 X 22 - LANCE POR UND")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157775", "641")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157775", "LOTE COM 9 PESOS DE RODA DE TRATOR JOHN DEERE 49KG CADA - LANCE POR UND ")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>2.025,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157777", "642")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157777", "TORNO TMA 260")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157778", "643")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157778", "TORNO TMU 350")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157779", "644")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157779", "TORNO PROMECA IM 500")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157781", "645")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157781", "veja o vídeo!! TRATOR EMPILHADEIRA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>