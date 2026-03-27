--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,2075 +269,1819 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156929", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156929", " FORD TRANSIT 350L TA, ANO 2009/2010, BRANCA. - LOC. CASCAVÉL/PR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156932", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156932", " RENAULT KANGOO EXPRESS 1.6, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>17.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157068", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157068", " RENAULT KANGOO EXPRESS 1.6, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.700,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156934", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156934", " FORD TRANSIT 350L TA, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>42.300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156936", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156936", " FORD TRANSIT 350L TA, ANO 2011/2011, BRANCA. - LOC. CASCAVÉL/PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>42.300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156938", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156938", " FORD TRANSIT 350L CC, ANO 2011/2011, BRANCA. - LOC. MARINGA/PR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156940", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156940", " CAMINHÃO FORD CARGO 1215, ANO 1994/1995, VERMELHO. - LOC. PORTO REAL/RJ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158078", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158078", " HONDA CG 125 KS CARGO, ANO 2010/2010, BRANCA. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156943", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156943", " HYUNDAI HR HBD, ANO 2013/2014, VERMELHA. - LOC. ANTONIO CARLOS/SC")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>47.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156945", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156945", "CAMINHÃO MERECEDES-BENZ/L 1513, ANO 1980/1980, VERMELHA. - LOC. PORTO REAL/RJ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158076", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158076", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2007/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>52.700,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158077", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158077", "CAMINHÃO VOLKSWAGEM 17.180 EURO3 WOERKER, ANO 2007/2007, VERMELHA. - LOC. PORTO REAL/RJ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>74.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156957", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156957", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2006/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>46.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156952", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156952", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2006/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>46.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158081", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158081", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2007/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>52.400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156949", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156949", "CAMINHÃO FORD CARGO 1517 ELETRÔNICO, ANO 2007/2007, VERMELHA. - LOC. CASCÁVEL/PR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>52.700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156928", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156928", " PALETEIRA MANUAL-PALETRANS-TM2200, ANO 2014. (PAM0168) - LOC. FARROUPILHA/RS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156930", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156930", " PALETEIRA MANUAL-PALETRANS-TM2200, ANO 2014. (PAM0169) - LOC. FARROUPILHA/RS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156951", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156951", " PALETEIRA MANUAL-PALETRANS-TM2200, ANO 2014. (PAM0171) - LOC. FARROUPILHA/RS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156955", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156955", " PALETEIRA MANUAL PALETRANS, ANO 2014. (PAM0444) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156942", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156942", " PALETEIRA MANUAL PALETRANS, ANO 2014. (PAM0445) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156950", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156950", " PALETEIRA MANUAL PALETRANS, ANO 2014. (PAM0446) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156965", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156965", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0500) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156933", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156933", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0501) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156937", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156937", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0502) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156953", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156953", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0503) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156946", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156946", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0504) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156993", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156993", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0505) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156962", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156962", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0507) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156967", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156967", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0508) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156956", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156956", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0510) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156981", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156981", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0511) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156960", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156960", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0512) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156941", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156941", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0513) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156935", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156935", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0515) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156939", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156939", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0516) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156944", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156944", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0517) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156931", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156931", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0518) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156958", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156958", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0519) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156948", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156948", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0520) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156995", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156995", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0521) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156991", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156991", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0522) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156975", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156975", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0523) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156959", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156959", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0524) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156977", "051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156977", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0525) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156985", "052")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156985", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0527) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156971", "053")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156971", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0528) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156969", "054")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156969", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0529) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157004", "055")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157004", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0530) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156983", "056")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156983", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2017. - (PAM0533) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156997", "057")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156997", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0535) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156973", "058")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156973", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0536) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156999", "059")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156999", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0537) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156989", "060")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156989", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0538) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157002", "061")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157002", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0539) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156987", "062")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156987", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0540) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156979", "063")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156979", " PALETEIRA MANUAL SAUR EQUIPAMENTOS, ANO 2014. - (PAM0541) - LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156947", "064")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156947", "CAMINHÃO VOLKSWAGEM 17.180 EURO3 WORKER, ANO 2010/2011, VERMELHA. - LOC. ARAÇATUBA/SP")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>93.100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156954", "065")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/156954", "CAMINHÃO VOLKSWAGEM 17.180, ANO 2007/2007, VERMELHA. - LOC. ARAÇATUBA/SP")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>74.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158074", "066")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158074", " REBOQUE RANDON SR RB TP, ANO 1995/1995, VERMELHA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158075", "067")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158075", " REBOQUE RANDON SR RB TP, ANO 1995/1995, VERMELHA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158080", "068")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158080", "CAMINHÃO VOLVO NL10 310 4X2, ANO 1995/1995, BRANCA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>42.400,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158079", "069")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158079", "CAMINHÃO VOLVO NL10 310 4X2, ANO 1993/1993, VERMELHA. - LOC. COSMÓPOLIS/SP")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>42.400,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157069", "072")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157069", "AR INDUSTRIAL TRANE, MOD. DXVA15KHK00P0000B. -  LOC. ANTÔNIO CARLOS/SC")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>