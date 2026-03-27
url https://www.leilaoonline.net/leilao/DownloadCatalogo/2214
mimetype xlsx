--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157092", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157092", " TAG.:  M-262 Descrição:  TORRE E2:E42DE RESFRIAMENTO DE AGUA M-202 Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157090", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157090", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157091", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157091", " TAG.:  M-260 Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157098", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157098", " TAG.:  M-259 Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157093", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157093", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157097", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157097", " TAG.:  M-257 Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157094", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157094", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157096", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157096", " TAG.:  M-255 Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157095", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157095", " TAG.:  M-254 Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157100", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157100", " TAG.:  M-253 Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157099", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157099", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157101", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157101", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157104", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157104", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157102", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157102", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157103", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157103", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157106", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157106", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157105", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157105", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157107", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157107", " Descrição:  TORRE DE RESFRIAMENTO DE AGUA Carga térmica = 13.200.000 kcal/h,  Vazão = 4.000,0 m³/h, NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157108", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157108", " LOTE COM  PAINEL DE COMANDO AUTOMATICO PARA TORRES C/ 4 PORTAS E  03 UNID. SOFT START NO ESTADO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157109", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157109", " LOTE COM  PAINEL DE COMANDO AUTOMATICO PARA TORRES E 04 UNID. SOFT START NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157110", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157110", " LOTE COM:  1 PAINEL DE COMANDO AUTOMATICO PARA TORRES C/ 4 PORTAS; 1 PAINEL DE COMANDO AUTOMATICO PARA TORRES C/ 1 PORTA,  COM 2 SOFT START NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157111", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157111", " TAG.:   M-216 Descrição:  CONJUNTO MOTOR E BOMBA TORRE RESFRIAMENTO Potencia: 200CV NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157112", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157112", " TAG.:  M-192 Descrição:  CONJUNTO MOTOR E BOMBA TORRE RESFRIAMENTO  Potencia: 200CV NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157113", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157113", " TAG.:  M-193 Descrição:  CONJUNTO MOTOR E BOMBA TORRE RESFRIAMENTO Potencia: 200CV NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157114", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157114", " TAG.:   M-215 Descrição:  CONJUNTO MOTOR E BOMBA TORRE RESFRIAMENTO Potencia: 200CV NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157116", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157116", " TAG.:  M-194 Descrição:  CONJUNTO MOTOR E BOMBA TORRE RESFRIAMENTO Potencia: 60CV NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157115", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157115", " Descrição:  CONJUNTO MOTOR E BOMBA TORRE RESFRIAMENTO Potencia: 60CV NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157117", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157117", " LOTE COM:  VÁLVULAS E CONEXÕES DIVERSAS NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157118", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157118", " MATRIZ DE VÁLVULAS APV SPX D-59425 NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157119", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157119", " MATRIZ DE VÁLVULAS APV SPX D-59425 NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157120", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157120", " DETECTOR DE METAIS BRAPENTA; MOD.: ICELANDER 27,5 - 50, ANO: 2007; POT. 33 W; C/ MOTORREDUTOR SEW, POT. 0,25 KW NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157121", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157121", " FORNO WELDOTRON, MOD.: 7310 LG; TENSÃO: 380 V NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157122", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157122", " CHILLER MECALOR, MOD.: GSA-75-CA-220, ANO: 2005, POT. 75000 KCAL/H, VAZÃO: 29000 M³/H NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157123", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157123", " EMPILHADEIRA CLARK ECS-25; SEM MOTOR, SEM GARFO E SEM CILINDRO DE GÁS NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157124", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157124", " LOTE COM:  4 FREEZERS HORIZONTAIS C/ 2 PORTAS; C/ MOTOR EMBRACO NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157125", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157125", " LOTE COM:  2 MOTOBOMBAS POT. 25 CV; 4 MOTOBOMBAS POT. 15 CV; 3 MOTOBOMBAS POT. 10 CV; 1 MOTOBOMBA POT. 3 CV NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157128", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157128", " TANQUE CILÍNDRICO VERTICAL EM INOX; CAP.: 3500 L NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157127", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157127", " TANQUE CILÍNDRICO VERTICAL EM INOX; CAP.: 16000 L NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157126", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157126", " TANQUE CILÍNDRICO VERTICAL EM INOX; CAP.: 16000 L NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157129", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157129", " TANQUE CILÍNDRICO VERTICAL EM INOX; CAP.: 20000 L NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="A21" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157130", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157130", " TANQUE CILÍNDRICO VERTICAL EM INOX; CAP.: 20000 L NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B21" s="4" t="inlineStr">
-[...973 lines deleted...]
-      </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157131", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157131", " FILTRO HAYWARD VMBF-0802-BB06-150 DTX; ANO: 2005, PRES. MÁX. 9,4 BAR NO ESTADO.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>