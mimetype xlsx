--- v0 (2025-11-29)
+++ v1 (2026-03-27)
@@ -269,2875 +269,2519 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161702", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161702", " CAMINHÃO BASC VW14140. ANO 1990. COM DOCUMENTO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161711", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161711", " CAMINHÃO BASC VW14140. ANO 1990. COM DOCUMENTO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161717", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161717", " MOTO BOMBA MOTOR TOYAMA ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161700", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161700", " MOTO BOMBA MOTOR DIESEL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161676", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161676", " EIXO DIRECIONAL PARA ROLO SP8000 E DYNAPAC MED 13/80-20")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161666", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161666", " BLOCO CAT 3406 4N6019")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161697", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161697", " MOTOR AGRALE C/ CHASSI")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161661", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161661", " MOTOR NISSAN COM DIFERENCIAL E CAMBIO PARA EMPILHADEIRA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161710", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161710", " MOTO BOMBA C/ MOTOR YAMAR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161690", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161690", " [ VÍDEO ] MINI PÁ CARREGADEIRA 246C 2010")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161681", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161681", "[ VÍDEO ] TRATOR VALMET MOTOR MWM 4C ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161712", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161712", " MÁQUINA DE SOLDA DE 375 AMP ORIGO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161705", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161705", " BETONEIRA SEMI NOVA CSM 500 LTS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161713", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161713", " COMPRESSOR")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161680", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161680", " TRATOR DE ESTEIRA D6B NO ESTADO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161714", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161714", " GERADOR 35 KVA MOTOR PERKINS ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161682", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161682", "[ VÍDEOS ] TRATOR DE ESTEIRA D4E SR ANO 1996 MOTOR 3304 C/ PLACA E EMBREAGEM OPERACIONAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161699", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161699", " 02 PRENSAS DE LABORATÓRIO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161720", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161720", " 02 PNEUS 17,5X25 COM UM MANCHÃO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161703", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161703", " 02 PNEUS 1600X25 COM RODA PARA RK 425 e 430")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161698", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161698", " MOTOR MWM 229 PARCIAL ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161719", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161719", " MOTOR MERCEDES 4 CILINDROS PARCIAL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161718", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161718", " MOTOR AGRALE COMPLETO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161715", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161715", " MOTOR YANMAR BT 33B PARCIAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161678", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161678", " LÂMINA D6 ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161716", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161716", " GRADE ARADORA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161706", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161706", " 03 CAIXAS DE CÂMBIO CLARK CL-450 FS-4005 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161679", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161679", "U DE D6")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161721", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161721", " BOMBA KAVASAKI K3V112DT NO ESTADO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161722", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161722", " MACACO P/ COLOCAR CÂMBIO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161708", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161708", " CARRETNHA 2 RODA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161707", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161707", " MOTOR CHEVROLET 6 CILINDROS GASOLINA. NO ESTADO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161684", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161684", " PÁ CARREGADEIRA CASE W7 ANO 82 MOTOR MB OM352 OPERACIONAL")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161670", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161670", " BLOCO CUMMINS ISL9 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161685", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161685", "Torre de empilhadeira Duplex 190VX")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161686", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161686", "Torre de Empilhadeira")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161672", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161672", "10 PNEUS COM RODA PRA EMPILHADEIRAS 50VX, 90VX, 155VX, 190VX ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161687", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161687", "Par de correntes para pneus 23,5x25")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161704", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161704", " BALÃO ACETILENO C/ CARRINHO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161771", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161771", "CAMINHÃO MANUTENÇÃO VW/14.140 ANO1987 OPERACIONAL ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161674", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161674", "04 RODAS PRA CAMINHÃO 10.00X20 ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161709", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161709", " FURADEIRA INDUSTRIAL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161772", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161772", "TALHA DE 3 TONELADAS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161671", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161671", " EIXO DIANTEIRO COM 2 PNEUS  MOD.1113")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161773", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161773", "GIRAFA ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161662", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161662", " MOTOR CUMMINS QSB3,3 4 CILINDROS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161723", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161723", " FURADEIRA DE BANCADA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161683", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161683", " MOTOR CUMMINS ELETRONICO 6 CILINDROS. NO ESTADO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161688", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161688", "Comando traseiro completo  komatsu D85")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161701", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161701", " CARRINHO C/ MOTOR YANMAR")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161689", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161689", "[ VÍDEO ] TRANSMISSÃO KOMATSU D85")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161727", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161727", " PNEU 17,5X25 ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161726", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161726", " MÁQUINA DE SOLDA DE 375 AMP ORIGO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162126", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162126", "[ VÍDEO ] CAMINHÃO TANQUE FORD 11000 ANO 1990 OPERACIONAL")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161724", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161724", " BLOCO MOTOR MWM 229")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161725", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161725", " MÁQUINA DE MEIO FIO IMB MOD 900 ANO 2000 COM FORMA490 HORAS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162123", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162123", "[ VÍDEO ] MOTONIVELADORA VOLVO G930 2010 OPERACIONAL")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161675", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161675", " MOTOR PERKINS 3C")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162124", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162124", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR 120H ANO 2000 OPERACIONAL")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162122", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162122", " 09 PNEUS COM RODA PARA EMPILHADEIRAS 50VX, 90VX, 155VX, 190VX ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161677", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161677", "PAR DE ESTEIRAS D7 38 ELOS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162128", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162128", " 08 PNEUS COM RODA PARA EMPILHADEIRAS 50VX, 90VX, 155VX, 190VX ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162127", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162127", " LOTE DE DIVERSOS MATERIAL DE DESGASTE ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162125", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162125", " LOTE DE DIVERSAS FERRAMENTAS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162129", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162129", "[ VÍDEO ]  RETROESCAVADEIRA NEW HOLLAND B90B ANO 2011 OPERACIONAL")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>88.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162131", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162131", " RADIADOR DA ACABADORA VOGELE MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162132", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162132", " GERADOR DA ACABADORA VOGELE MODELO DR160/20-4TS 14AB2280")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162142", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162142", " CONJUNTO HIDRÁULICO DA TRAÇÃO MESSA P/ ESTEIRA PUCHE VOGELE  MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162133", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162133", " ESTEIRA DE PUCHE VOGELE  MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162130", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162130", " PAR DE ESTEIRA DA ACABADORA VOGELE MODELO 14AB2280 / 14AB/AB500")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162135", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162135", " MORTO DEUTZ TCD2012L062V")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162136", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162136", " CONJUNTO VIRABREQUIM D7 M.025 B.030")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162134", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162134", " PAR DE COMANDO HIDRAULICO COM ORBITROL P/ EMPILHADEIRA")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162138", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162138", " COMPRESSOR WAYNE CV5,0")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162137", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162137", " 4 ROLETES ESPAÇADOR E 2 MANCAL P/ GRADE ARADORA ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162139", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162139", " PAR DE COMANDO HIDRAULICO COM ORBITROL P/ EMPILHADEIRA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162140", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162140", " BOMBA HIDRAULICA CATERPILLAR 320L  N114-0602")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162141", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162141", " BOMBA HIDRAULICA ROLO DYNAPAC CA15")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162157", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162157", "PAR DE PISTÃO 621B")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162158", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162158", "PAR DE PISTÃO CAIXOTE")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161665", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161665", " CABINE 950F")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161691", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161691", "[ VÍDEO ] MOTONIVELADORA KOMATSU GD555 2009 OPERACIONAL")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>184.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161692", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161692", " ROLO DYNAPAC CG-11 OPERACIONAL")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162161", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162161", "Bloco motor MWM 4 cilindros")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162159", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162159", "CABEÇOTE MOTOR CUMMINS ESMALCAN")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161693", "091")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161693", "[ VÍDEO ] Caminhão basculante VW 14210 ANO 1989")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161694", "092")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161694", "[ VÍDEO ] Caminhão Comboio VW 11130 ANO 1985")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...143 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161695", "093")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161695", "[ VÍDEO ] ESCAVADEIRA HYUNDAI R250LC7 ANO 2008 HORIMETRO ORIGINAL ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>190.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...2494 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161696", "096")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161696", "[ VÍDEO ] CAMINHÃO TANQUE VOLKS 11130 ANO 1985 OPERACIONAL CAP LITROS 15.000")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>