--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157263", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157263", "[ VÍDEO ] PÁ CARREGADEIRA VOLVO MOD. L50 ANO 1999")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157264", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157264", " [ VÍDEO ] RETROESCAVADEIRA CATERPILLAR MOD. 416E 4X2 ANO 2006 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157249", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157249", "[ VÍDEOS ] PÁ CARREGADEIRA CASE. MOD. 621D. ANO 2006. OPERACIONAL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157256", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157256", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 938F ANO 1998 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157253", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157253", "VW / FUSCA 1300 ano 1974/74 - GASOLINA - ORIGINAL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157265", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157265", "[ VÍDEO ] PÁ CARREGADEIRA  CATERPILLAR  MOD. 938G ANO 2000")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157257", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157257", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR MOD. 12G ANO APROX. 1995")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157246", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157246", "[ VÍDEO ] BOBCAT 325. ANO 2008. MOTOR KUBOTA. ENGATE RÁPIDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157248", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157248", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 140G. ANO Aprox. 1996")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>265.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160279", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160279", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. FR12 ANO APROX. 1995")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157272", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157272", "[ VÍDEOS ] PÁ CARREGADEIRA MICHIGAN MOD. 55A ANO Aprox. 1982")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157273", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157273", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD.  45C ANO Aprox. 1988")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157247", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157247", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D5 (CÂMBIO). ANO Aprox. 1991")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>178.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157258", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157258", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO APROX. 1980 C/ RIPPER MOTOR MB 1113 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160290", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160290", "[ VÍDEO ]  TRATOR DE ESTEIRA CATERPILLAR MOD. D4E ANO 1980 - ( EMBREAGEM) FUNCIONANDO (TRATOR DE FAZENDA - BOM ESTADO )")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157255", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157255", "[ VÍDEO ] TRATOR MASSEY FERGUSON. MOD. 50X. ANO Aprox. 1974 - 2 PNEUS TRASEIROS NOVOS. COM TOMADA DE FORÇA. ACOMPANHA ROÇADEIRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160289", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160289", " PÁ CARREGADEIRA MICHIGAN MOD. 75HD - MOTOR MB 113 - TORQUE 28.000-ORBITAL DE FABRICA / PNEUS LARGO/CONCHA GRANDE -OPERACIONAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157266", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157266", "[ VÍDEOS ] ESCAVADEIRA HYUNDAI MOD. 220LC ANO 2014 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>340.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157269", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157269", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 580N ANO 2012 - 4X4")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157254", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157254", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD. 315DL ANO 2011")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160617", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160617", "[ VÍDEO ] MOTONIVELADORA DRESSER MOD. 140C ANO APROX. 1989 - MOTOR MB 352 TURBO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157260", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157260", "[ VÍDEOS ] ESCAVADEIRA SANY MOD. SY215C ANO 2011. Aprox. 9.000 horas")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>310.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157261", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157261", "02 GRAMICHEL ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157267", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157267", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157262", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157262", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160287", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160287", "[ VÍDEO ] EXTRUSORA DE GUIAS E SARJETAS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160288", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160288", "[ VÌDEO ] EXTRUSORA DE GUIAS E SARJETAS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...179 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160623", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160623", "[ VÍDEO ] MOTONIVELADORA NEW HOLLAND MOD. FG85B ANO APROX. 1996 -MOTOR CUMMINS-TRANSMISSÃO CLACK - DESLOCAMENTO LATERAL DE LÂMINA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157244", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157244", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157270", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157270", "RETROESCAVADEIRA CATERPILLAR  MOD. 416E  4X4 ANO 2014 .")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>179.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...276 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160622", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160622", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. FR12B ANO 1995 MOTOR MWM - COM JOY STICK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160624", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160624", " TRATOR VALMET MOD. 85ID ANO 1982 - MOTOR MWM 4CC - BARRAMENTO HIDRAULICO / TOMADA DE FORÇA - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160625", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160625", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN CLARCK 75III ANO 1979 / 4 PNEUS BONS - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157245", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157245", "CABINE PARA MÁQUINA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160621", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160621", " RARIDADE - FORD / F600 ANO 1966 - MOTOR MB 113 (NO DOC.) - CARROCERIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157243", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157243", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157268", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157268", "TRATOR MASSEY FERGUSSON MOD. MF65R ANO 1978 - TORQUE VKR")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...223 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...446 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157250", "042")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157250", " PÁ CARREGADEIRA CATERPILLAR. MOD. 938G II. ANO 2006")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>245.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160638", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160638", " SILO GRANELEIRO CAPAC. 15 TON")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160639", "044")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160639", " PÁ CARREGADEIRA CASE MOD. W20B ANO 1986 - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157259", "045")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157259", "MUNCK RODOMAQ ANO 2016 - MOD. GHR 25.000")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160640", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160640", " VW / 22.160 ANO 1986/1986 - TRAÇADO 4X4")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>