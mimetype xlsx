--- v0 (2025-11-07)
+++ v1 (2026-03-29)
@@ -269,5467 +269,4787 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10544", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10544", " TURBINA A VAPOR, tipo Z50AKZ TURBINAS S.A.Z50")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10546", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10546", " 2 REDUTORES VELOCIDADE FLENDER BRASIL LTDA RZ 140; 2 REDUTORES DE VELOCIDADE FALK ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10543", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10543", " VÁLVULA ANGULAR 40" E VÁVULA ANGULAR 24"")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10542", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10542", " 9 VÁLVULAS 3 VIAS ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10547", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10547", " ESTRECHADEIRA CYKLOP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10545", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10545", " 2 VENTILADORES CENTRÍFUGO SIMPLES ASPIRAÇÃO JACARÉ J19-838-S-3")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10549", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10549", " DECANTADOR 380 M³")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10553", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10553", " CONDENSADOR BAROMÉTRICO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10548", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10548", " SEMENTEIRA DE MASSA B")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10552", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10552", " COZEDOR 01 (capacidade de 150 hectolitros)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10550", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10550", " COZEDOR 02 (capacidade de 270 hectolitros)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10551", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10551", " MOEGA ALIMENTAÇÃO DE BAGAÇO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10557", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10557", " TRANSPORTADOR TALISCA 16; COMPRIMENTO APROX.: 50 M")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10554", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10554", " SOPRADOR RETRATIL ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10558", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10558", " 2 INVERSORES DE FREQUENCIA DANFOSS VLT6222HT4CN1STR1DLF10A00C0 ; FC-102P160T4E21H2 (160 kW/250 HP)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10556", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10556", " 2 INVERSORES DE FREQUENCIA EUROTHERM DRIVES e SOLITON; 2 SOFT-START WEG (85A)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10555", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10555", " 5  INVERSORES DE FREQUENCIA DANFOSS ; 1 INVERSOR WEG; MULTIMEDIDOR CCK4500 ; IHM ATLAS COPCO ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10559", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10559", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500271 SÉRIE:102")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10560", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10560", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1998 PATRM. 300283 SÉRIE: 00023")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10563", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10563", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100676 SÉRIE: 84")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10562", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10562", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1998 PATRM. 300280 SÉRIE: 00020")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10561", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10561", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500297 SÉRIE: 0142")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10565", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10565", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100674 SÉRIE: 82")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10566", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10566", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100672 SÉRIE: 80")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10564", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10564", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500286 SÉRIE: 0124.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10567", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10567", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100687 SÉRIE: 97")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10569", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10569", " TRANSBORDO CAVAVIEIRO SERMAG SRT-8000 1999 PATRM. 100678 SÉRIE: 86")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10568", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10568", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500279 SÉRIE: 106")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10570", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10570", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100686 SÉRIE: 96")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10572", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10572", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500287 SÉRIE: 0132")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10571", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10571", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500285 SÉRIE: 0131")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10574", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10574", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500282 SÉRIE: 0125")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10573", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10573", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500296 SÉRIE: 0141")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10575", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10575", " TRANSBORDO CANAVIEIRO SANTAL VT-10BE 2008 PATRM. 600783 SÉRIE: 68316")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10576", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10576", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1998 PATRM. 300282 SÉRIE: 00022")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10579", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10579", " TRANSBORDO CANAVIEIRO SANTAL VT-10BE 2009 PATRM. 600927 SÉRIE: 68492")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10577", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10577", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100680 SÉRIE: 88")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10578", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10578", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500270 SÉRIE: 101")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10581", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10581", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500276 SÉRIE: 109")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10580", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10580", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100688 SÉRIE: 98")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10582", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10582", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100689 SÉRIE: 99")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10584", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10584", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500273 SÉRIE: 104")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10583", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10583", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 300730 SÉRIE: 0146")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10585", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10585", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1998 PATRM. 300281 SÉRIE: 00021")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10586", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10586", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100685 SÉRIE: 95")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10587", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10587", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100683 SÉRIE: 93")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10589", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10589", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100720 SÉRIE: 123")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10588", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10588", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 100681 SÉRIE: 91")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10591", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10591", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 1999 PATRM. 500277 SÉRIE: 110.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10697", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10697", "CARRETINHA GZL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10590", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10590", " TRATOR JOHN DEERE 7515 4X4 2008 PATRM. 600729 SÉRIE: BM7515X080858")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10592", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10592", " CARRETA RECOLH. FARDO ANDERSON TSR-3450 2013 PATRM. 601271 CHASSI:63-13004")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10597", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10597", " CARRETA RECOLH. FARDO ANDERSON TSR-3450 2015 PATRM. 601431 CHASSI:6315001")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10594", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10594", " PEÇAS DA ENFARDADORA DE PALHA KRONE BIG PACK 1290 (2012) ; E DA PRECHOP ENFARDADORA BIG PACK (2012) PATRM. 601109; 601148")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10593", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10593", " ENFARDADORA DE PALHA KRONE BIG PACK 1290( 2014) SÉRIE: 893715 ; PRECHOP ENFARDADORA BIG PACK (2014) SÉRIE: 893161/ PATRM. 601324; 601325")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10596", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10596", " ENFARDADORA DE PALHA KRONE BIG PACK 1290( 2012) SÉRIE: 851407 ; PRECHOP ENFARDADORA BIG PACK (2012) SÉRIE: 838865 /PATRM. 601111; 601147")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10595", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10595", " ENFARDADORA DE PALHA KRONE BIG PACK 1290(2012) SÉRIE: 851409 ; PRECHOP ENFARDADORA BIG PACK (2012) SÉRIE: 838866/ PATRM. 601112; 601146")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10599", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10599", " ENFARDADORA DE PALHA KRONE BIG PACK 1290 (2014) SÉRIE: 905055 ; PRECHOP ENFARDADORA BIG PACK(2012) SÉRIE: 900720/ PATRM. 601326,601327")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10740", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10740", "ENFARDADORA DE PALHA KRONE BIG PACK 1290(2012) PATRM. 601109 SERIE:851405 E PRECHOP ENFARDADORA  BIG PACK(2012) PATRM.:601139")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10598", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10598", " ENFARDADORA DE PALHA KRONE BIG PACK 1290 (2012)SERIE:851406 ; PRECHOP ENFARDADORA BIG PACK(2012)SERIE:838876 PATRM. 601110; 601150")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10600", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10600", " ALEIRADOR DE PALHA H5980 NEW HOLLAND 2012 PATRM. 601118 SERIE: YCWHR0070")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10604", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10604", " ALEIRADOR DE PALHA H5980 NEW HOLLAND 2012 PATRM. 601120 SERIE:YCWHR0069")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10601", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10601", " ALEIRADOR DE PALHA H5980 NEW HOLLAND 2012 PATRM. 601116 SERIE:YCWHR0071")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10603", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10603", " ALEIRADOR DE PALHA H5980 NEW HOLLAND 2012 PATRM. 601117 SERIE:YCWHR0077")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10602", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10602", " ALEIRADOR DE PALHA H5980 NEW HOLLAND 2012 PATRM. 601119 SERIE:YCWHR0066")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10606", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10606", " CAMINHAO CANAVIEIRO VOLVO FH12 420 ANO: 1999 PL.:DBP0016 PATRM. 100742 CHASSI(ACIDENTE):93KA4DADOYE670890")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10605", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10605", " 3 TURBOMAQ  125/GSV/300 SENDO 1 IRRIGABRAS (1997); 2 METAL LAVRAS (1997,1996) PATRM. 600117; 600112; 600113")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10699", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10699", "SUBSOLADOR PENTA PATRM. 601308 (2014) SERIE:152")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10610", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10610", " JULIETA C/ TANQUE ADUBO LIQUIDO GASCOM(1994)PL.:BLB3578 CHASSI:9ARD08020RS035117 E TANQUE ADUBO LIQUIDO GASCOM C/MOTOR(2008) SERIE:7312/ PATRM. 500090; 600690")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10700", "079")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10700", "CARREGADEIRA DE CANA VALMET 1280-4 (1998) PATRM.: 100553 SERIE:12804W41713")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>13.800,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10701", "081")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10701", "COBRIDOR DE CANA DMB OSCILANTE 310L (2008) PATM.: 600685 SERIE:72400/2008")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10702", "082")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10702", "SULCADOS DMB (2008) PATRM.: 600687 SERIE:72398/2008")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10613", "085")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10613", " 2 ELETRO-BOMBA IRRIGABRAS C/ MOTOR ELÉTRICO WEG 125 CV (1997) SERIE:229.06.169588; 229.06.169306 /PATRM. 600106; 600098")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10612", "086")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10612", " CAMINHAO CALDA PRONTA MB 2423 K/36 ANO:2006 PL.:CQM8911 PATRM. 600604 CHASSI(ACIDENTE):9BM6933866B507325")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10611", "087")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10611", " JULIETA CANAV. RODOVIARIA CANA INTEIRA (1992) PATRM. 500071 PL.:BLB3017 CHASSI:9ARD07620NS033000")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10703", "088")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10703", "CARRETA ABRIGO (2012) PATRM.:")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10704", "089")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10704", "JULIETA ABRIGO (1984) PATRM.:600323 PL.:BLB3547 CHASSI:G7E-024")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10705", "090")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10705", "JULIETA CARGA SECA FRUEHAUF (1982) PATRM.:100010 PL.:BJF5514 CHASSI: 05436MC")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10614", "092")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10614", " SEMEADORA ADUBADORA HERCULES 24000C (2010) PATRM. 600998 SERIE:RS05M11612A00234")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10706", "093")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10706", "IMPLEMENTO COM PÁ PARA TRATOR")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10616", "094")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10616", " TANQUE ADUBO LIQUIDO GASCOM (2010) PATRM. 601002 CHASSI:9ARD0820RS035120")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10617", "095")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10617", " JULIETA C/ TANQUE ADUBO LIQUIDO GASCOM PL.:CWZ9591 (1987) CHASSI:G10E-125 / TANQUE CALDA PRONTA GASCOM C/ MOTOR (2003) SERIE:7067 /PATRM. 200007; 400760")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10707", "096")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10707", "BAÚ FURGÃO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10615", "097")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10615", " CAMINHAO COMBOIO VOLKSWAGEN 26.280 ANO:2013 PL.:FFQ2693  PATRM. 601298 CHASSI(acidente):953658260ER420030")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10708", "098")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10708", "CULTIVADOR AD. LIQ. SERMAG SEM-204 (2002) PATRM.: 600449 SERIE:0119")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10709", "099")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10709", "JULIETA CANAVIEIRA TECTRAN CANA INTEIRA (1997) PL.: CEN6672 PATRM. : 300148 CHASSI:9EM070920VM002084")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10620", "100")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10620", " CARROCERIA CANA PICADA PATRM. 601074 SERIE: G36C-01816")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10618", "101")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10618", " CARROCERIA CANA PICADA PATRM. 601071 SERIE:G36C-1811")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10619", "102")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10619", " CARROCERIA CANA PICADA PATRM. 300753")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10622", "103")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10622", " CARROCERIA CANA PICADA PATRM. 601072 SERIE:G36C-1814")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10624", "104")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10624", " CARROCERIA CANA PICADA PATRM. 601070 SERIE:G36C-1813")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10621", "105")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10621", " CARROCERIA CANA PICADA PATRM. 601069 SERIE:G36C-1812")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10623", "106")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10623", " CARROCERIA CANA PICADA PATRM. 601073 SERIE:G36C-1815")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10625", "107")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10625", " CARROCERIA CANA PICADA PATRM. 300757")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10626", "108")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10626", " CARROCERIA CANA PICADA PATRM. 300756")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10628", "109")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10628", " JULIETA CANAV. RODOVIARIA CANA INTEIRA(1989)PL.: CQM8097 PATRM. 500080 CHASSI:9ARD07620KS030969")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10710", "110")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10710", "CARRETA TRANSP.DIVERSOS (1984)PL.: CQM8211 CHASSI:G7E-027 PATRM.:600067 E MOTOR YANNMAR (1996) SERIE: 3Z0477 PATRM.:600252 ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10711", "111")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10711", "TANQUE ADUBO LIQUIDO GASCOM COM MOTOR (2007) SERIE:6463 PATRM.:600651 e JULIETA COM TANQUE ADUBO GASCOM (1996) PL.: BLB3926 PATRM.:500083 CHASSI:9AND07620TM003537  ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10627", "112")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10627", " JULIETA C/ TANQUE ADUBO LIQUIDO GASCOM(1987) PL.:CEN4967 CHASSI:G11E-144 E TANQUE CALDA PRONTA EDA 10.000 LTS (1996) PATRM. 300192; 300222")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10712", "113")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10712", "JULIETA CANAVIEIRA TECTRAN CANA INTEIRA (1997) PL.:CEN6653 PATRM.: 300154 CHASSI:9EM070920VM002089")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10629", "114")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10629", " JULIETA DE TORTA FILTRO 1982 PL.:BTC9825 PATRM. 600327 CHASSI:05504MC")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10630", "115")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10630", " JULIETA CANAVIEIRA TECTRAN CANA INTEIRA 1997 PL.:CEN6692 PATRM. 300152 CHASSI:9EM070920VM002087")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10713", "116")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10713", "JULIETA CANAVIEIRA RANDON CANA INTEIRA (1997) PL.:CEN6328 PATRM.:300161 CHASSI:9ADD08220VS127315")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10631", "117")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10631", " JULIETA CANAV. RODOVIARIA CANA INTEIRA (1989) PL.:CQM8057 PATRM. 500052 CHASSI:9ARD07620KS030973")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10714", "118")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10714", "COMBOIO DE ABAST. E LUBRIF. GASCOM (2002) PATRM.:500371 SERIE:1426")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10715", "120")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10715", "CABINE EQUIPAMENTO")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10742", "121")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10742", "MOTOR YAMAR SERIE: W05442")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10632", "122")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10632", " PLANTADORA CANA PICADA  ADUBO SOLIDO DMB PCP-6000  2013 PATRM. 601221 SERIE:80178/2013")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10633", "123")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10633", " PLANTADORA CANA PICADA  ADUBO SOLIDO DMB PCP-6000 2013 PATRM. 601219 SERIE:80157/2013")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10635", "124")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10635", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2009 PATRM. 600964 SERIE:74259/2009")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10634", "125")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10634", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2008 PATRM. 600757 SERIE:73529/2008")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10637", "126")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10637", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2010 PATRM. 601003 SERIE:75131/2010")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10638", "127")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10638", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2007 PATRM. 600596 SERIE:70066/2007")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10636", "128")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10636", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2008 PATRM. 600756 SERIE:73528/2008")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10639", "129")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10639", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2007 PATRM. 600595 SERIE:70065/2007")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10641", "130")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10641", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2009 PATRM. 600963 SERIE:74258/2009")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10642", "131")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10642", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2008 PATRM. 600758 SERIE:73530/2008")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10640", "132")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10640", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2010 PATRM. 601004 SERIE:75174/2010")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10643", "133")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10643", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2011 PATRM. 601038 SERIE:76070/2011")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10644", "134")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10644", " PLANTADORA CANA PICADA  ADUBO SOLIDO DMB 2013 PATRM. 601220 SERIE:80181/2013")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10645", "135")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10645", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2008 PATRM. 600755 SERIE:73527/2008")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10646", "136")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10646", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2011 PATRM. 601040 SERIE:76073/2011")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10647", "137")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10647", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2010 PATRM. 601005 SERIE:75173/2010")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10648", "138")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10648", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2011 PATRM. 601039 SERIE:76071/2011")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10649", "139")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10649", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 2009 PATRM. 600962 SERIE:74260/2009")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10650", "140")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10650", " CARROCERIA CANA PICADA PATRM. 300755")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10651", "141")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10651", " FILTROS AUTOMOTIVOS DIVERSOS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10652", "142")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10652", " MATERIAIS DIVERSOS DE SEGURANÇA (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10653", "143")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10653", " PEÇAS COLHEDORA JOHN DEERE DIVERSAS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10655", "144")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10655", " PEÇAS DIVERSAS CAMINHÕES/ÔNIBUS - FORD/VWC/MB (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10657", "145")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10657", " PNEUS/CÂMARA AR DIVERSOS SEM USO  (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10654", "146")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10654", " PEÇAS DIVERSAS KRONE SEM USO.  (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10678", "147")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10678", " PEÇAS DIVERSAS P/ PULVERIZADORES/ROLAMENTOS/RETENTORES SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10676", "148")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10676", " PEÇAS VOLVO DIVERSAS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10681", "149")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10681", " PEÇAS CAMECO DIVERSAS NOVAS/RECOND. (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10679", "150")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10679", " PEÇAS IMPLEMENTOS AGRÍCOLAS JACTO/MARCHESAN/RANDON DIVERSAS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10677", "151")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10677", " PEÇAS P/ TRATORES NEW HOLLAND NOVAS/RECOND. (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10656", "152")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10656", " PEÇAS COLHEDORA CASE SEM USO  (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10658", "153")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10658", " PEÇAS P/ BOMBAS DIVERSAS SEM USO.  (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10659", "154")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10659", " APROX .6.470 PLACAS FILTRANTES ZETA PLUS (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10680", "155")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10680", " MATERIAIS DIVERSOS SEM USO (FILTROS, ÓLEO, GRAXA, ETC) (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10682", "156")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10682", " PEÇAS ELÉTRICAS DIVERSAS SEM USO  (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10683", "157")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10683", " MATERIAIS DIVERSOS NOVOS  RETENTOR/GAXETA/PNEUMÁTICA (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10687", "158")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10687", " MATERIAIS DIVERSOS DE MOENDA SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10686", "159")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10686", " MATERIAIS VÁLVULAS/VEDAÇÃO/TURBINA DIVERSAS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10684", "160")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10684", " MATERIAIS DIVERSOS PARA BOMBAS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10685", "161")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10685", " MATERIAIS DIVERSOS P/ CENTRIFUGAS HVT/SIEMENS/GEA SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10688", "162")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10688", " PEÇAS P/ CENTRIFUGAS/MAQUINA COSTURA DIVERSAS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10661", "163")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10661", " APROX. 968 QUILOS DE TUBOS em Carbono e 12,5 Metros de INOX .DIVERSOS SEM USO. (CONFORME RELAÇÃO) [LOTE CORRIGIDO: ]")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10660", "164")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10660", "ROLOS COLHEDORA CASE NOVOS (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10663", "165")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10663", " MATERIAIS DIVERSOS DE MOENDA (RODETES, BARRAS E LUVAS) CONFORME RELAÇÃO")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10662", "166")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10662", " EQUIPAMENTOS DIVERSOS DE RESTAURANTE/ESCRITÓRIO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10664", "167")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10664", " MATERIAIS NOVOS P/ REDUTORES DIVERSOS (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10665", "168")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10665", " MATERIAIS  ELÉTRICOS DIVERSOS SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10666", "169")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10666", " MATERIAIS NOVOS DIVERSOS PARA BOMBAS(CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10669", "170")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10669", " PEÇAS DIVS, DE MANUTENÇÃO MAUSA/CODISTIL/DEDINI/AKZ/TURBIMAQ - SEM USO, (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10668", "171")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10668", " PEÇAS DIVS.  CIVA/KSB/JUNTAS/MATISA/SEW/NETZSCH - SEM USO (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10667", "172")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10667", " MATERIAIS NOVOS DIVERSOS P/ VÁLVULAS (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10670", "173")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10670", " MATERIAIS DIVERSOS MANUTENÇÃO : DEMUTH/ATLAS/CALDEIRARIA - SEM USO. (CONFORME RELAÇÃO)")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10672", "174")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10672", " CARRETA RODOVIARIA (SEMI-REBOQUE) PLACA CWC-0811 (TANQUE NÃO INCLUSO)")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10673", "175")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10673", "TANQUE GASCOM ANO 2006")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10671", "176")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10671", " CARRETA RANDON (CANA PICADA) PLACA CWZ-9766 ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10674", "177")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10674", " MICROONIBUS MARCOPOLO VOLARE V8 2007/2008 C/28   1 LUGAR COR BRANCO MOTOR MWM RENAVAM 935749152, CHASSI:  93PB26G308C022482")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10675", "178")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10675", " MATERIAIS DIVERSOS DE LABORATÓRIO NO ESTADO (NOVA RELAÇÃO)")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10689", "179")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10689", "Conjunto Picador (motor, redutor e picador)")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10690", "180")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10690", "Conjunto de HILO MECÂNICO para descarregamento de cana")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10741", "181")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10741", "Lote com aprox. 240 mts de correntes Fazanaro, utilizadas na Mesa Alimentadora 45º,  Descrições = WH 132 – G8 FC/C com garra no 3º elo.   Sem uso. ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10784", "182")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10784", " MATERIAIS DIVERSOS DE LABORATÓRIO NO ESTADO (NOVA LISTAGEM)")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E178" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...405 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10946", "183")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10946", "Fios diversos.   aprox. 2 Ton. ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...4766 lines deleted...]
-      </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10947", "184")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/10947", "Fios  diversos. Aprox. 2 Ton. ")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>