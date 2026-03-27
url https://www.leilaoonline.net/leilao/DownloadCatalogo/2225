--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,4091 +269,3583 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157648", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157648", "MOTOR WEG 20HP 1700RPM W22 PREMIUM")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157651", "006")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157651", "CALANDRA 1500 X 6 MM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157652", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157652", "CALANDRA 1200MM MANUAL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157650", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157650", "COMPRESSOR BRAVO SCHULZ CAS 15 BR")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157653", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157653", "COMPRESSOR PRESSURE 10 PÉS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157649", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157649", "SERRA DE FITA VERTICAL SEM MOTOR")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157654", "019")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157654", "BOMBA DE INCÊNDIO 60 CV")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157655", "021")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157655", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157656", "022")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157656", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157657", "024")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157657", "TIRFOR 1600KG")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157658", "025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157658", "TIRFOR CARBOGRAFITE 3200 KG")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157659", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157659", "TIRFOR 3200 KG")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157660", "028")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157660", "MÁQUINA DE SOLDA TOPO STRECKER")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157661", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157661", "PLACAS PARA REVESTIMENTO DE MOINHO DE BOLA (APROXIMADAMENTE 1500KG)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157662", "034")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157662", "MÁQUINA PARA FECHAMENTO DE CAIXAS COM FITA ADESIVA CYKLOP")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157663", "035")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157663", "TUNEL DE ENCOLHIMENTO BAND-IT")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157667", "036")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157667", "MISTURADOR DE ALIMENTOS EM AÇO INOX / MÁQUINA DE FABRICAR QUEIJOS / MISTURADOR EM AÇO INOX 200L")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157664", "038")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157664", "TALHA ELÉTRICA 2 TON.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157665", "039")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157665", "TALHA ELÉTRICA 2 TON.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157666", "040")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157666", "ROLETE 34X10CM; COM EIXO E MANCAL PARA ESTEIRA/CORREIA TRANSPORTADORA DE MATERIAL (29 UNID.)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157668", "041")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157668", "GUILHOTINA NEWTON 3 X 1220 MM")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157670", "042")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157670", "MÁQUINA DE CORTE PLASMA CUT-60")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157671", "043")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157671", "MÁQUINA DE SOLDA PONTO 15 KVA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157672", "044")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157672", "SERRA DE FITA VERTICAL ARTRAM")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157669", "045")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157669", "TROCADOR DE CALOR 114X13CM; COM TUBOS INTERNOS DE COBRE")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157673", "046")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157673", "TROCADOR DE CALOR 114X13CM; COM TUBOS INTERNOS DE COBRE")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157674", "047")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157674", "TROCADOR DE CALOR 78X13CM; COM TUBOS INTERNOS DE COBRE")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157675", "048")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157675", "TROCADOR DE CALOR 78X13CM; COM TUBOS INTERNOS DE COBRE")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157676", "049")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157676", "TROCADOR DE CALOR 61X13CM; COM TUBOS INTERNOS DE COBRE")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157677", "050")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157677", "MÁQUINA PARA FABRICAÇÃO DE MOLAS U.S. BAIRD")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157682", "051")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157682", "ESMERIL 1/2 CV")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>375,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157678", "052")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157678", "BOMBA D´ÁGUA WEG 7,5 CV")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157679", "053")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157679", "BOMBA D´ÁGUA WEG 7,5 CV")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157680", "054")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157680", "BOMBA D´ÁGUA WEG 3,0 CV")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157681", "055")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157681", "BOMBA D´ÁGUA WEG 3,0 CV")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157683", "056")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157683", "BOMBA DE DIAFRAGMA 1/2 HP")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157687", "058")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157687", "EXTRUSORA DE PLÁSTICO 35 MM 5 HP")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157684", "060")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157684", "CARRINHO DE SUPERMERCADO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157685", "061")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157685", "CARRINHO DE SUPERMERCADO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157686", "063")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157686", "CARRINHO DE SUPERMERCADO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157688", "064")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157688", "CARRETEL PARA MANGUEIRA DE SOLDA C/ MANGUEIRA REELCRAFT")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157689", "065")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157689", "GUIA PARA DESOBSTRUÇÃO DE DUTOS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157690", "066")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157690", "CAIXA DE PLÁSTICO COM RODINHAS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157695", "067")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157695", "CAIXA DE PLÁSTICO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157691", "068")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157691", "LOTE COM 2 BOMBAS DOSADORAS 1/3 HP")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157692", "069")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157692", "BOMBA DUPLA DOSADORA 3/4 HP")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157693", "071")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157693", "BOMBAS DE TRANSFERÊNCIAS DE PRODUTOS QUÍMICOS COM SELAGEM MECÂNICA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157694", "073")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157694", "LOTE COM 2 BOMBAS 3 HP")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157696", "075")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157696", "TUPIA PARA MADEIRA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157697", "076")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157697", "SOPRADOR COMPRESSOR ROTATIVO OMEL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157698", "079")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157698", "BOMBA VÁCUO 4 HP COMPRESSOR RADIAL")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157699", "082")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157699", "VENTOINHA DIÂMETRO: 60CM")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157700", "083")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157700", "VENTOINHA DIÂMETRO: 60CM")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157701", "084")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157701", "VENTOINHA DIÂMETRO: 45CM")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157702", "085")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157702", "VENTOINHA DIÂMETRO: 60CM")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157703", "086")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157703", "FUNIL DESUMIDIFICADOR DE PLÁSTICO 200KG YANN BANG")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157704", "088")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157704", "TORNO DE CORREIA COM MOTOR MONOFÁSICO 1 CV")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157705", "089")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157705", "BOMBA CENTRÍFUGA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157706", "095")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157706", "DESENTUPIDOR DE ESGOTO RIDGID K-500")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157707", "097")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157707", "DESENTUPIDOR DE ESGOTO RIDGID K-1000")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157708", "098")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157708", "DESENTUPIDOR DE ESGOTO RIDGID K-1000")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157709", "099")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157709", "DESENTUPIDOR DE ESGOTO RIDGID 500")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157710", "100")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157710", "ELEVADOR MONTA CARGA PLATAFORMA 1X1M")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157712", "103")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157712", "PRENSA EXCÊNTRICA  0,5 TON")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157711", "104")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157711", "PRENSA EXCÊNTRICA 25 TON.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157713", "105")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157713", "AFIADORA DE BROCAS WAIDA MODELO DW-31S")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157714", "106")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157714", "JATO DE GRANALHA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157715", "107")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157715", "MULTIFUNCIONAL SERRA CIRCULAR E FURADEIRA HORIZONTAL - CÓD. 1297")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157717", "108")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157717", "SERRA POLICORTE")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157716", "109")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157716", "SERRA CIRCULAR")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157718", "110")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157718", "SERRA POLICORTE MONOFÁSICA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157719", "112")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157719", "FURADEIRA DE BANCADA FERRARI 1/2 CV")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157723", "114")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157723", "FURADEIRA DE BANCADA 1/4 CV")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157720", "115")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157720", "TRANSPALETEIRA MANUAL")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157721", "116")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157721", "MASTRO PARA BANDEIRA 10M")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157722", "117")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157722", "SISTEMA DE CÂMERA SEESNAKE")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157724", "119")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157724", "BRAÇO GIRATÓRIO 500KG")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157725", "120")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157725", "BOMBA CENTRÍFUGA 20 CV")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157726", "121")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157726", "BOMBA CENTRÍFUGA 7,5 CV")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157727", "122")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157727", "BOMBA CENTRÍFUGA 7,5 CV")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157728", "123")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157728", "BOMBA CENTRÍFUGA 7,5 CV")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157729", "124")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157729", "BOMBA CENTRÍFUGA 7,5 CV")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157730", "125")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157730", "BOMBA CENTRÍFUGA 3 CV")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157731", "126")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157731", "BOMBA CENTRÍFUGA 3 CV")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157732", "127")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157732", "BOMBA CENTRÍFUGA 3 CV")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157734", "128")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157734", "BOMBA CENTRÍFUGA")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157733", "130")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157733", "QUEIMADOR DE COMBUSTÍVEL GLP PARA CALDEIRA TENGE")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157735", "131")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157735", "TRITURADOR DE PAPEL PARA ESCRITÓRIO")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157736", "132")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157736", "BRAÇO GIRATÓRIO 360 GRAUS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157737", "133")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157737", "COMPRESSOR ATLAS COPCO GX7 ANO 2007")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157738", "135")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157738", "COMPRESSOR ATLAS COPCO GX5 ANO 2003")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157739", "136")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157739", "COMPRESSOR ATLAS COPCO GX7 ANO 2002")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157740", "137")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157740", "COMPRESSOR ATLAS COPCO GX5 ANO 2005")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157741", "138")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157741", "COMPRESSOR ATLAS COPCO GX7 ANO 2005")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157742", "140")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157742", "1 UNIDADE DE PISTÃO HIDRÁULICO (160CM X 20CM DIÂMETRO DO ÊMBOLO)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157743", "141")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157743", "MÁQUINA PARA EMBALAR")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157744", "147")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157744", "SERVO MOTOR 15 HP")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157745", "148")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157745", "SERVO MOTOR 15 HP")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157746", "154")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157746", "COFRE MECÂNICO COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157747", "155")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157747", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157748", "156")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157748", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157749", "157")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157749", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157750", "158")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157750", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157751", "159")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157751", "2 COFRES MECÂNICOS COM CHAVE TETRA 60X48X45CM (SEM USO)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157752", "160")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157752", "CALDEIRA AALBORG 5000 KG/H")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...47 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157753", "162")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157753", "EMPILHADEIRA ELÉTRICA PANTOGRÁFICA YALE NDR35; ANO 2010; 1.600 KG ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157754", "167")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157754", "BANCADA PARA TESTE DE BATERIA")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157755", "176")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157755", "CAIXA D'ÁGUA TIPO TAÇA TULIPA 2500 LITROS (ENCONTRA-SE DESATIVADA E SEPARADA EM 2 PARTES)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...127 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157756", "177")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157756", "BOMBA HELICOIDAL IMBIL 25HP")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...20 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157757", "179")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157757", "BOMBA KSB 12 PARA 14")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157758", "183")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157758", "ARQUIVO")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157759", "186")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157759", "TORNO DE CORREIA COM MOTOR MONOFÁSICO")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157760", "187")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157760", "MÁQUINA DE SOLDA")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157761", "196")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157761", "MOTOR DE CORRENTE CONTÍNUA SIEMENS 350 HP")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157762", "197")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157762", "MOTOR DE CORRENTE CONTÍNUA SIEMENS 350 HP")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157763", "198")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157763", "FUNIL")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157764", "199")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157764", "ENVASADORA DIALMATICA EM AÇO INÓX")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...276 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157765", "201")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157765", "EQUIPAMENTO COM PISTÃO PNEUMÁTICO")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157766", "202")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157766", "ELETROIMÃ METALMAG")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157767", "203")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157767", "MOTORREDUTOR 20 HP")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...314 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157768", "204")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157768", "TANQUE DE FIBRA PARA ARMAZENAMENTO DE RESÍDUOS")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F41" s="4" t="inlineStr">
+      <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-[...79 lines deleted...]
-      <c r="D44" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157769", "205")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157769", "PENEIRADOR")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157770", "207")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157770", "UNIDADE HIDRÁULICA MÓVEL (ACOMPANHA CARRINHO PALETEIRO)")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E44" s="5" t="inlineStr">
-[...543 lines deleted...]
-      <c r="E61" s="5" t="inlineStr">
+      <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F61" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E68" s="5" t="inlineStr">
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157771", "208")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157771", "UNIDADE HIDRÁULICA 7,5 HP")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E73" s="5" t="inlineStr">
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157772", "209")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157772", "ESTUFA")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F73" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E74" s="5" t="inlineStr">
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157773", "210")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157773", "TERMOSOLDA 3900W")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F74" s="4" t="inlineStr">
-[...1982 lines deleted...]
-      </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157774", "211")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157774", "DOBRADEIRA MANUAL")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>