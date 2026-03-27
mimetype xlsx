--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1403 +269,1231 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157929", "494")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157929", " 293253-9 -ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>34.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157920", "495")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157920", " 292435-8- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP         ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>34.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157919", "499")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157919", " 292436-6- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157937", "512")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157937", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157939", "551")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157939", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157941", "627")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157941", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157938", "646")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157938", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157945", "787")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157945", " 292430-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157934", "788")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157934", " 292707-1- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157930", "789")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157930", " 292708-0- ETIOS 1.5 XS HATCH, ANO 2016/2017, LOC. SÃO PAULO/SP     ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157935", "790")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157935", " 293250-4- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                 ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>35.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157933", "793")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157933", "  277924-2 - AZERA 3.0 HYUNDAI, GASOLINA, ANO 2014/ 2015, LOC. SÃO PAULO/SP        ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157928", "795")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157928", "14 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157936", "796")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157936", "16 POLTRONA GIRATÓRIA GIROFLEX COM BRAÇO F8L76S6W01 - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157943", "840")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157943", " 292427-7- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP          ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157931", "841")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157931", " 292431-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                  ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157944", "842")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157944", " 292428-5- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP                      ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157932", "843")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157932", " 293249-1- ETIOS 1.5 XS SEDAN, ANO 2016/2017,LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157942", "846")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157942", " 292432-3- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP              ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157940", "2052")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157940", " 10 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157927", "2053")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157927", " 12 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157926", "2058")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157926", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157923", "2059")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157923", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157924", "2060")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157924", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157922", "2061")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157922", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157946", "2074")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157946", " 293248-2- ETIOS 1.5 XS SEDAN, ANO 2016/2017, LOC. SÃO PAULO/SP  ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157925", "4181")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157925", " 15 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157947", "17397")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157947", "02 SENSORES, 01 TELA , 01 APPLIANCE, 01 WEBCAM, 01 RACK DUPLO, ( OBS. VEJA ABAIXO ESPECIFICAÇÕES DO LOTE) , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157961", "18000")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157961", "05 MONITORES CRISTAL LIQUIDO 18.5" AOC 940SWA , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>325,78</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157953", "18135")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157953", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157960", "18136")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157960", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157951", "18137")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157951", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157954", "18140")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157954", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157948", "18141")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157948", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157959", "18142")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157959", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157950", "18144")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157950", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157952", "18145")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157952", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157955", "18146")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157955", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157921", "20552")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157921", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157956", "20722")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157956", " 20 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157958", "20723")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157958", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.820,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157949", "20724")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157949", " 22 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157957", "20725")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157957", " 21 POLTRONAS GIRATORIAS GIROFLEX. - LOC: SÃO PAULO/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>