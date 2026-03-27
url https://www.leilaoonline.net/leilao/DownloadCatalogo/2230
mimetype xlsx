--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,3771 +269,3303 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160512", "522")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160512", "LOTE COM APROX. 171 RODAS COM E SEM O CENTRO; LANCE POR KG; APROX. 23.459,50 KG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157965", "523")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157965", "veja o vídeo!! GUILHOTINA; MEDIDAS: 3,30 DE COMPRIMENTO E 1,45 DE LARGURA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>43.200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157966", "524")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157966", "veja o vídeo!! PRENSA; 160 T - 1.16X1.85 DE LARGURA E 2.10 DE ALTURA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158230", "525")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158230", "LOTE COM 4 PNEUS 710/70 R-38")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158646", "526")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158646", "LOTE COM 39 PNEUS RODOVIÁRIOS MEDIDAS DIVERSAS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158326", "527")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158326", "LOTE COM 4 PNEUS 15.5-38 GOODYEAR DYNA TORQUE 3 - NOVOS DOT DE FABRICAÇÃO - 4320 / 3420 / 3420 / 3520")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159934", "528")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159934", "LOTE COM 8 PNEUS 175/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157967", "529")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157967", "veja o vídeo!! CAMINHONETE LEGALIZADA GM/CHEVROLET C1404; 1976/1976; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158327", "530")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158327", "LOTE COM 4 PNEUS 600/65 R-28")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158647", "531")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158647", "LOTE COM 15 PNEUS RODOVIÁRIOS MEDIDAS DIVERSAS 17,5 - 235 E 215")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159933", "532")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159933", "LOTE COM 8 PNEUS 195/55 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158328", "533")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158328", "LOTE COM 4 PNEUS 600/65 R-28")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157968", "534")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157968", "APROX. 8 TONELADAS DE TUBO; 2,5 POLEGADAS - 1,5 POLEGADA - 2 POLEGADAS - 1 POLEGADA x3/8 - LANCE POR KG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158648", "535")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158648", "LOTE COM 4 CARCAÇAS DOT 19/20 275/80 R22,5 PIRELLI FG 01")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157969", "536")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157969", "APROX 8 METROS DE ESTEIRA BORRACHA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159868", "537")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159868", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158329", "538")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158329", "LOTE COM 4 PNEUS 600/65 R-28")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159866", "539")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159866", "LOTE COM 6 PNEUS 175/65 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159932", "540")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159932", "LOTE COM 6 PNEUS 195/60 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158330", "541")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158330", "PNEU 600/65 R-28 B")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159769", "542")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159769", "LOTE COM 8 PNEUS 185/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159867", "543")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159867", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158331", "544")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158331", "LOTE COM 6 PNEUS 13,6-38")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159869", "545")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159869", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159931", "546")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159931", "LOTE COM 8 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158332", "547")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158332", "PNEU 12.4-24")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159930", "548")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159930", "LOTE COM 8 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159770", "549")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159770", "LOTE COM 8 PNEUS 185/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159929", "550")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159929", "LOTE COM 8 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158334", "551")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158334", "PNEU 500/45 22.5 GOODYEAR SUPERFLOT 3")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158649", "552")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158649", "7 UNIDADES DE PNEUS 16,00 - 25")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159928", "553")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159928", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158335", "554")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158335", "LOTE COM 2 PNEUS 380/80 R-38 ( 13.6-38 ) - PNEU DUPLADO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159870", "555")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159870", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160030", "556")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160030", "LOTE COM 8 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160031", "557")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160031", "LOTE COM 8 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160032", "558")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160032", "LOTE COM 9 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158337", "559")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158337", "LOTE COM 2 PNEUS 10.8/80-18 MAGGION MHF")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159927", "560")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159927", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159871", "561")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159871", "LOTE COM 8 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158338", "562")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158338", "LOTE COM 18 PNEUS DE TRANSBORDO - MEDIDAS DIVERSAS (VEJA ESPECIFICAÇÕES) ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160033", "563")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160033", "LOTE COM 8 PNEUS 185/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158339", "564")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158339", "LOTE COM 5 PNEUS 385/95 R-24 - BRIDGESTONE V-STEEL")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160087", "565")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160087", "LOTE COM 9 PNEUS ARO 13; DIVERSAS MEDIDAS; MARCAS DIVERSAS")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160517", "566")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160517", "LOTE COM APROX. 9 MOTORES")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158340", "567")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158340", "LOTE COM 4 PNEUS 600/50 22,5")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160674", "568")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160674", "LOTE COM 2 RODAS DE ALUMÍNIO 8.25x22.5 - PARA PNEU 295 - ITALSPEED GT1")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160928", "569")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160928", "UNIDADE DE RODA 20X22.5 E PNEU 600/50 22.5")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158341", "570")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158341", "LOTE COM 4 PNEUS 600/50 22,5")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160522", "571")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160522", "GARFO EMPILHADEIRA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160927", "580")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160927", "LOTE COM 4 UNIDADES DE PNEUS DIVERSOS 17.5 - 7.50-16")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160926", "581")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160926", "LOTE COM 4 UNIDADES DE RODAS 5.5-16 E PNEUS 6.50-16")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160925", "582")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160925", "LOTE COM 7 UNIDADES DE PNEUS DIVERSOS AGRICOLAS")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160918", "583")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160918", "LOTE COM 29 UNIDADES DE PNEUS DIVERSOS RODOVIARIOS 295 / 1000-20 / 1100-22")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158231", "584")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158231", "LOTE COM 2 PNEUS 710/70 R-38")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160521", "585")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160521", "LOTE COM 2 PNEUS 20.5-25; CARCAÇA FIRESONE / GOODYEAR")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157980", "586")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157980", "183KG DE BUCHAS - LANCE POR KG")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>3.660,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157981", "587")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157981", "LOTE COM 3 UN DE BUJÃO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157982", "588")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157982", "LOTE COM 2 UN DE BUJÃO GLP")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160520", "589")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160520", "LOTE COM CHAPAS DE AÇO; MEDIDAS 1/4 - 1/2 - 5/8; LANCE POR QUILO; APROX. 10.663,50 KG")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158342", "590")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158342", "LOTE COM 4 PNEUS 600/50 22.5")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159765", "591")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159765", "LOTE COM 8 PNEUS 185/65 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158343", "592")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158343", "LOTE COM 4 PNEUS 600/50 22.5")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160518", "593")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160518", "LOTE COM APROX. 10 PEÇAS CAMINHÃO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157983", "594")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157983", "LOTE COM APROX. 10 UN DE CAVALETE")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158232", "595")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158232", "LOTE COM 2 PNEUS 540/80 R-38 ( 20.8-38 ) - BORRACHA VIPAL")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157984", "596")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157984", "LOTE COM 16 UND DE COMANDOS DIVERSOS")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159771", "597")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159771", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157986", "598")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157986", "LOTE COM 10 UN DE CONTROLADO PDCP6500")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157987", "599")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157987", "DISJUNTOR DIVERSOS")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157988", "600")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157988", "EIXO; 1,2 METROS; 19.5 KG")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159865", "601")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159865", "LOTE COM 4 PNEUS 185/60 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157989", "602")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157989", "HÉLICE AGRÍCOLA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157990", "603")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157990", "LOTE COM 15 UN DE MÁQUINAS ESCRITÓRIO")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157991", "604")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157991", "SERVO EMBREAGEM VOLVO EDC KONGSBERG")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159864", "605")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159864", "LOTE COM 4 PNEUS 175/80 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159768", "606")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159768", "LOTE COM 8 PNEUS 185/65 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157992", "607")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157992", "RESERVATÓRIO DE ÁGUA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159767", "608")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159767", "LOTE COM 8 PNEUS 185/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160917", "609")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160917", "LOTE COM 12 UNIDADES DE PNEUS DIVERSOS UTILITARIOS")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159766", "610")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159766", "LOTE COM 8 PNEUS 175/65 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157994", "611")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157994", "LOTE COM APROX. 18 UN DE TECLADOS")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158233", "612")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158233", "LOTE COM 2 PNEUS 540/80 R-38 ( 20.8-38 ) - BORRACHA VIPAL")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157995", "613")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157995", "945 KG DE TUBOS - LANCE POR KG")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157996", "614")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157996", "825 KG DE TUBOS; CHAPAS; VIGAS - LANCE POR KG")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157997", "615")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157997", "LOTE COM 5 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 20X42 NOVA")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157998", "616")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157998", "LOTE COM 5 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 20X42 NOVA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157999", "617")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/157999", "LOTE COM 5 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 20X42 NOVA")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158000", "618")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158000", "LOTE COM 4 UND DE ARQUIVOS")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158001", "619")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158001", "LOTE COM 2 UND DE BANCO AGRÍCOLA")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158002", "620")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158002", "LOTE COM 2 UND DE BANCO AUTOMOTIVO")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158003", "621")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158003", "LOTE COM APROX. 10 UND DE CABO DE AÇO")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158004", "622")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158004", "1.180KG DE CANTONEIRA DE METAL - LANCE POR KG")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158005", "623")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158005", "COLUNA DE DIREÇÃO")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158006", "624")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158006", "LOTE COM APROX. 18 UND DE COMPRESSOR PARA REFRIGERAÇÃO")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159761", "625")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159761", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158234", "626")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158234", "LOTE COM 2 PNEUS 380/90 R-46 ( 14.9 R-46 ) MICHELIN AGRIBIB")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159763", "627")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159763", "LOTE COM 8 PNEUS 185/60 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158612", "628")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158612", "LOTE COM 4 PNEUS 710/70 R-38")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159935", "629")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159935", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158007", "630")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158007", "LOTE COM 3 UND DE MÓVEIS DE ESCRITÓRIO")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158008", "631")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158008", "LOTE COM APROX. 60 UND DE PEÇAS DE MOTORES DIVERSOS")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158009", "632")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158009", "PEDAL")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159991", "633")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159991", "LOTE COM 8 PNEUS 195/65 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160902", "634")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160902", "LOTE COM 29 UNIDADES DE PNEUS DIVERSOS AUTOMOVEIS")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158012", "635")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158012", "LOTE COM 2 UND DE RODA AGRÍCOLA PARA COLHEDORA JOHN DEERE 16X38")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159760", "636")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159760", "LOTE COM 8 PNEUS 175/70 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158014", "637")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158014", "LOTE COM APROX. 100 UND DE TAMBORES DE 200 LITROS - LANCE POR UND")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>20,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>5.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158015", "638")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158015", "LOTE COM 100 UND DE RODAS 1100 X 22 - LANCE POR UND")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158016", "639")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158016", "LOTE COM 100 UND DE RODAS 1100 X 22 - LANCE POR UND")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158017", "640")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158017", "LOTE COM 100 UND DE RODAS 1100 X 22 - LANCE POR UND")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159762", "641")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159762", "LOTE COM 8 PNEUS 185/65 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160029", "642")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160029", "LOTE COM 8 PNEUS 195/55 R-15; MARCAS DIVERSAS")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159764", "643")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159764", "LOTE COM 8 PNEUS 185/60 R-14; MARCAS DIVERSAS")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160900", "644")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160900", "LOTE COM 4 UNIDADES DE PNEUS 16,00 - 25")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158018", "645")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158018", "veja o vídeo!! TRATOR EMPILHADEIRA")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158336", "646")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158336", "LOTE COM 4 PNEUS 245/70 R-16 MAXXIS A/T")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>