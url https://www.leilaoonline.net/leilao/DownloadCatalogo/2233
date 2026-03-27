--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158173", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158173", " ARADO DE DISCOS - LOC. VIANA/ES")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.850,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158172", "102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158172", " CAMINHÃO BETONEIRA MERCEDES BENZ LB 2220, ANO 1990/1990, BRANCO. - LOC. VIANA/ES")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158189", "103")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158189", " CAMINHÃO PLATAFORMA IVECO TECTOR 170E22, ANO 2012/2013, BRANCO. - LOC. VIANA/ES")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>163.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158176", "104")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158176", " CAMINHÃO PLATAFORMA IVECO TECTOR 240E28S, ANO 2013/2014, VERMELHO. - LOC. VIANA/ES")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>130</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>235.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158184", "105")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158184", " CAMINHÃO PLATAFORMA VOLVO VM260 6X2R, ANO 2006/2007, VERDE. - LOC. VIANA/ES")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>98</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>183.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158178", "110")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158178", " SEMI-REBOQUE SIEPIERSKI SRCS 3E, ANO 2014/2014, VERMELHO. - LOC. VIANA/ES")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158180", "111")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158180", " SEMI-REBOQUE SRPR 4E, ANO 2012/2013, AMARELO. - LOC. VIANA/ES")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158182", "112")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158182", " SEMI-REBOQUE RANDON PRANCHA, ANO 1973/1973, AMARELO. - LOC. VIANA/ES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158188", "113")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158188", " SEMI-REBOQUE SIEPIERSKI PRANCHA SRCT 2E, ANO 2016/2016, BRANCO. -  LOC. VIANA/ES")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>99.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158186", "114")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158186", " SEMI-REBOQUE NOMA TANQUE SR3E27 BCM, ANO 2004/2004, AZUL. -  LOC. VIANA/ES")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158183", "115")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158183", "CAVALO MECÂNICO 4X2 TRANSBORDO FIAT 190 ANO 1984 -  LOC. VIANA/ES")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158194", "118")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158194", " CAMINHÃO VOLKSWAGEM 19320 CLC TT, ANO 2007/2008, BRANCO. -  LOC. VIANA/ES")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158191", "119")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158191", "CAMINHÃO FORD CARGO 2842, ANO 2014/2015 - LOC. VIANA/ES")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>88.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158181", "120")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158181", "CHASSI COM MOTOR E CAIXA FIAT 190, ANO 1984 - SEM PLACA -  LOC. VIANA/ES")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158190", "121")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158190", " CAMINHÃO COMBOIO FORD F12000 160, ANO 2000/2001, BRANCO. -  LOC. VIANA/ES")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158192", "122")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158192", " EMPILHADEIRA HYSTER 2,5 TONS GLP - LOC. VIANA/ES")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158197", "123")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158197", " EMPILHADEIRA HYSTER 2,5 TONS GLP - LOC. VIANA/ES")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>14.850,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158193", "124")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158193", " EMPILHADEIRA HYSTER 7 TONS DIESEL -  LOC. VIANA/ES")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158196", "125")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158196", " EMPILHADEIRA HYSTER 7 TONS GLP -  LOC. VIANA/ES")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>29.700,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158195", "126")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158195", " EMPILHADEIRA HYUNDAI 7 TONS GLP -  LOC. VIANA/ES")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158221", "127")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158221", " EMPILHADEIRA HYUNDAI HDF 707S TA 7 TONS DIESEL -  LOC. VIANA/ES")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>86.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158226", "128")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158226", " SUCATA EMPILHADEIRA YALE 3,0 TONS -  LOC. VIANA/ES")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158214", "129")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158214", " GUINDASTE TRELIÇADO BUCYRUS ERIE 40 TONS -  LOC. VIANA/ES")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158216", "130")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158216", " GUINDASTE AUTOPROPOLIDO GROVE KRUPP KMK - 25 TONS -  LOC. VIANA/ES")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158203", "131")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158203", " GUINDASTE LUNA 35 TONS; FORD CARGO 2425 - ANO 2000/2000 - LOC. VIANA/ES")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>99.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158215", "132")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158215", " GUINDASTE MADAL 10 TONS - LOC. VIANA/ES")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158201", "133")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158201", " CAMINHÃO MERCEDES BENZ LK 2214, ANO 1989/1989, BRANCO. (GUINDASTE MADAL MD 25). -  LOC. VIANA/ES ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158209", "134")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158209", " GUINDASTE TRELIÇADO NISSAN 90 TONS - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158212", "135")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158212", " GUINDASTE TRELIÇADO P&amp;H VILLARES 90 TONS -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158225", "136")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158225", " GUINDASTE TELESCÓPIO VILLARES VG-18 -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158202", "137")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158202", " GUINDASTE VILLARES VG-22 -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158224", "138")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158224", "REACH STACKER BELOTTI 40 TONS -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158211", "139")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158211", "REACH STACKER LIND 45 TONS. -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158204", "140")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158204", "REACH STACKER SANY 45 TONS -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158651", "141")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158651", "CAMINHÃO VOLVO VM 270 6X2R, ANO 2021/2022, BRANCO (MUNK GUINDAUTO TKA 45700) - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>286</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>522.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>3000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158218", "142")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158218", " MUNCK GUINDAUTO MADAL PK 32080 - VOLVO VM 270 6X2 0KM -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>254</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>455.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>3000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158227", "143")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158227", " GUINDASTE TRELIÇADO BUCYRUS ERIE 30 TONS -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158217", "144")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158217", " ONIBUS MERCEDES BENZ INDUSCAR APACHE A, ANO 2003/2003, BRANCO. -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158208", "145")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158208", " CAMINHÃO PLATAFORMA VOLKSWAGEM 9.150E CUMMINS, ANO 2010/2010, BRANCO. - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
-      <c r="B38" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D38" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>122.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158206", "146")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158206", "CHASSI PÁ CARREGADEIRA CATERPILLAR 966C - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158213", "147")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158213", " PÁ CARREGADEIRA CATERPILLAR 966C -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158210", "148")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158210", " PÁ CARREGADEIRA HYUNDAI 7A-HL740 -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>108.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158198", "149")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158198", " PÁ CARREGADEIRA VOLVO L120F D7E - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>102.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158223", "150")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158223", " FORD F1000, ANO 1988/1988, BRANCO - FURGLAINE - LOC. OSASCO/SP")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158219", "151")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158219", " EMPILHADEIRA CLARCK C300 2,5 TON. GLP/GAS. -  LOC. OSASCO/SP")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158200", "152")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158200", " LANCHA ALTERNATIVA 550 MOTOR MERCURY 150HP. -  LOC. OSASCO/SP")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158650", "153")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158650", "APROX. 300 PALLETS DE MADEIRA. - LOC. OSASCO/SP")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E38" s="5" t="inlineStr">
-[...154 lines deleted...]
-      <c r="D43" s="4" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158652", "154")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158652", "REACH STACKER MILAN 40 TONS - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E43" s="5" t="inlineStr">
-[...127 lines deleted...]
-      <c r="E47" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
-      <c r="F47" s="4" t="inlineStr">
-[...117 lines deleted...]
-      <c r="D51" s="4" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158207", "155")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158207", " TRATOR ESTEIRA CAT D8-1 -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158220", "156")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158220", " CAMINHÃO VOLVO VM 330 6X4R, ANO 2013/2013, BRANCO.(MUNK MADAL GUINDAUTO MADAL MD 60007)  - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>285</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>375.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158199", "157")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158199", " EMPILHADEIRA HYSTER 16 TONS H360HD2 -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>138.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158222", "158")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158222", " CAMINHÃO VOLVO VM 310 6X4R, ANO 2006/2006, BRANCO - GUINDASTE MADALMD 300. -  LOC. VIANA/ES")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159751", "159")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159751", " SEMI-REBOQUE RANDON HIDROPNEUMÁTICA, ANO 1981/1981, AMARELO. - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159755", "160")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159755", " REBOQUE DOLLY GUERRA, ANO 2007/2008, CINZA. - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159753", "161")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159753", " REBOQUE DOLLY 2 EIXOS GUERRA, ANO 2007/2008, CINZA. - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159752", "162")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159752", " REBOQUE DOLLY 2 EIXOS GUERRA, ANO 2007/2008, CINZA. - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159756", "165")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159756", "CAMINHÃO SINOTRUCK HOWO 6X2 380, ANO 2010/2010, VERMELHO. - (MOTOR E CAIXA SCANIA) - LOC.VIANA/ES")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159758", "166")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159758", "SUCATA DE ESCAVADEIRA FIATALLIS FH200. (SUCATA) - LOC. VIANA/ES")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="E51" s="5" t="inlineStr">
-[...542 lines deleted...]
-      </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159757", "167")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159757", " PICK-UP CHANGAN CHAAN SC1026W, ANO 2010/2011, PRATA. - VIANA/ES")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159749", "168")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159749", " HONDA CIVIC EXS, ANO 2012/2013, PRETO. - LOC. VIANA/ES")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>44.556,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>