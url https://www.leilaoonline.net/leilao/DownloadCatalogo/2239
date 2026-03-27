--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1403 +269,1231 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160872", "500")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160872", "veja o vídeo!! CAMINHÃO VW/25.370 CLM T 6X2; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161069", "501")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161069", "REB/RANDON SR GR TR; 1988/1989; BRANCA; MEDIDAS: 18,50X2,60")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158758", "507")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158758", "veja o vídeo!! TRATOR VALTRA 1280; 1991")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158757", "508")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158757", "veja o vídeo!! TRATOR VALTRA 1780; 2001")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158769", "509")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158769", "TRATOR J. DEERE 7505; 2005")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158770", "510")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158770", "RASPADEIRA AGRÍCOLA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158760", "511")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158760", "veja o vídeo!! COLHEDORA CASE")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158761", "512")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158761", "veja o vídeo!! COLHEDORA CASE")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158759", "513")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158759", "veja o vídeo!! TRATOR N. HOLLAND. TL 70; 2005")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158771", "514")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158771", "TRATOR BM 110; 2012; CHASSI E CABINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158723", "583")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158723", "ARRANCADOR DE AMENDOÍM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158724", "584")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158724", "CARRETA AGRICOLA REFORÇADA P/ 6 T")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158725", "585")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158725", "GRADE TATU 28X28")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158726", "586")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158726", "BOB CAT, 2012, N.HOLLAND")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158727", "587")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158727", "TERRACEADOR  TATU")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158728", "588")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158728", "GRADE 40X28")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158729", "589")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158729", "CARRETA BASCULANTE P/CILAGEM COM PISTÃO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158730", "590")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158730", "ROÇADEIRA PICCIN")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158731", "591")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158731", "CARRETA DE CALÇARIO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158732", "592")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158732", "GRADE TATU 14X32")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158733", "593")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158733", "QUINTA RODA 23 UNIDADES APROXIMADAMENTE")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158734", "594")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158734", "TERRACEADOR PESADO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158735", "595")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158735", "PLAINA STARA MOD. 5000")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158736", "596")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158736", "CARRETA SOLLUS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158737", "597")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158737", "LOTE COM 6 UN DE HERBICAT E BRAÇOS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158738", "598")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158738", "ESTRUTURA DE GRADE BALDAM")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158739", "599")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158739", "CARRETA CALÇARIO MOD. 2500")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158740", "600")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158740", "TRATOR AGRALE MOD. 5085.4; ANO 2009 (DESMONTADO)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158741", "601")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158741", "ESTRUTURA DE GRADE 14X26")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158742", "602")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158742", "CARRETA CALÇARIO ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158743", "603")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158743", "CARRETA CALÇARIO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158744", "604")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158744", "ESTRUTURA DE GRADE 20X26")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158745", "605")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158745", "ROÇADEIRA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158746", "606")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158746", "CARRETA CALÇARIO MOD. 2500")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158747", "607")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158747", "CARRETA CALÇARIO ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158748", "608")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158748", "PLANTADEIRA DE FUMO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158749", "610")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158749", "GRADE TATU 16X28")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158750", "611")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158750", "TANQUE CHORUMEIRA 6.000 LTS APROX")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158751", "612")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158751", "TANQUE CHORUMEIRA 6.000 LTS APROX")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158752", "613")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158752", "TANQUE CHORUMEIRA 6.000 LTS APROX")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158753", "625")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158753", "GRADE TATU 14X32")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158754", "626")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158754", "CARRETA BASCULANTE P/CILAGEM COM PISTÃO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158755", "627")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158755", "ARRANCADOR DE AMENDOÍM")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>9.050,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>