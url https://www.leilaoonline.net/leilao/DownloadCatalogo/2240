--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158854", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158854", " LOTE COM:  Aprox 558 kg - 404 unidade de BICO PONTEIRA DO SUBSOLADOR LOTE SERÁ VENDIDO A PREÇO POR QUILO.  OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158852", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158852", " CAIXA DO CORTE DE BASE JOHN DEERE 3520 - APLICADO NA COLHEDORA DE CANA JOHN DEERE 3520  OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158856", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158856", " 01 CAIXA DE 4 FUROS JOHN DEERE - APLICADO NA COLHEDORA DE CANA JOHN DEERE 3520 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158857", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158857", " LOTE DE BORRACHAS:  (100 m. BORRACHA 1.4G/CM3 100MM ½’’ * 90 m PERFIL L SBR 3X3X3/8’’ * 204 m. RASPA EQUIPAMENTO EPDM 1/2X4X1000MM * 100 m. CORREIA SAN BORR 4I 11000X350MM OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158853", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158853", " LOTE COM 8 PNEUS COM RODA 600/50/22.5 E 2 PNEUS COM RODA 500/45/22.5 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158855", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158855", " LOTE COM 6 PNEUS COM RODA 600/50/22.5 E 4 PNEUS COM RODA 400/60/15.5 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158858", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158858", " LOTE COM 8 PNEUS COM RODA 600/50/22.5 E 2 PNEUS COM RODA 400/55/22.5 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158860", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158860", " LOTE COM: APROX 15.000 KG DE SUCATA DE TRUCK DE COLHEDORAS DE CANA LOTE SERÁ VENDIDO A PREÇO POR QUILO.  OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158859", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158859", " LOTE COM:  APROX. 15.000 KG SUCATA DE ESTEIRAS DE COLHEDORAS DE CANA LOTE SERÁ VENDIDO A PREÇO POR QUILO.  OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158861", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158861", " LOTE COM: 4 PNEUS AGRICOLAS TRASEIRO 710/70R 38 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158863", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158863", " LOTE COM: 4 PNEUS AGRICOLAS TRASEIRO 710/70R 38 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158862", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158862", " LOTE COM: 4 PNEUS AGRICOLAS 500/60/22.5 COM RODA (MONTADO)  OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158864", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158864", " LOTE COM: 4 PNEUS AGRICOLAS 500/60/22.5 COM RODA (MONTADO)  OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCALIZADO EM SERTAOZINHO/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158865", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158865", " VOLVO FM/12 380 6X4R, ANO: 2004/2004, COR: BRANCA, PLACA: ALN-1038, RENAVAM: 00823012336, CHASSI: 93KA4CMD94E701954 OBS:  VENDA DE EQUIPAMENTO USADO NO ESTADO EM QUE SE ENCONTRA SEM GARANTIA - MOTOR: NÃO TESTADO -  NÃO ACEITAREMOS RECLAMAÇÕES POSTERIORES - PODENDO FALTAR PEÇAS E COMPONENTES - LOCAL")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>