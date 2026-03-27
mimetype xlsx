--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158988", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158988", " CAMINHÃO  VOLKSWAGEN 17280 - 4X2 ,  ANO/MOD:  2013/2014, SEM IMPLEMENTO. DEVIDO AO TEMPO PARADO, NECESSITA DE REPAROS PARA FUNCIONAMENTO. DEVE SER RETIRADO DE GUINCHO.NO ESTADO.  PLACA:  FGQ3364, RENAVAM:  99008993. CHASSI:  953658249ER416928 OBS:  DETALHES DO ESTADO GERAL NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158989", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158989", " CAVALO MECÂNICO VOLKSWAGEN 25420 , 6X2 ,  ANO/MOD:  2016., SEM MOTOR, SEM CAIXA DE MARCHA, SEM CARDAN E DIFERÊNCIAL, FALTA PNEUS  (EQUIPAMENTO EM ESTADO DE SUCATA) - VENDIDO NO ESTADO EM QUE SE ENCONTRA PLACA:  FCM-8745,  RENAVAM:  1090052763. CHASSI:  95363827XGR607549 OBS:  DETALHES DO ESTADO GER")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160186", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160186", "CAIXA BROOKS 5 M3 - Referência nº 01 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160187", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160187", "CAIXA BROOKS 5 M3 - Referência nº 02 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160188", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160188", "CAIXA BROOKS 5 M3 - Referência nº 03 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160189", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160189", "CAIXA BROOKS 5 M3 - Referência nº 04 QUANTIDADE DE CAIXAS:  2  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160190", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160190", "CAIXA BROOKS 5 M3 - Referência nº 05 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160191", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160191", "CAIXA BROOKS 5 M3 - Referência nº 06 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160192", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160192", "CAIXA BROOKS 5 M3 - Referência nº 07 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160193", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160193", "CAIXA BROOKS 5 M3 - Referência nº 08 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160194", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160194", "CAIXA BROOKS 5 M3 - Referência nº 09 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160195", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160195", "CAIXA BROOKS 5 M3 - Referência nº 10 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160196", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160196", "CAIXA BROOKS 5 M3 - Referência nº 11 QUANTIDADE DE CAIXAS:  4  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160197", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160197", "CAIXA BROOKS 5 M3 - Referência nº 12 QUANTIDADE DE CAIXAS:  2  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160198", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160198", "CAIXA BROOKS 5 M3 - Referência nº 13 QUANTIDADE DE CAIXAS:  3  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160199", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160199", "CAIXA BROOKS 5 M3 - Referência nº 14 QUANTIDADE DE CAIXAS:  5  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160200", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160200", "CAIXA BROOKS 5 M3 - Referência nº 15 QUANTIDADE DE CAIXAS:  4  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160201", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160201", "CAIXA BROOKS 5 M3 - Referência nº 16 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...437 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160202", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160202", "CAIXA BROOKS 5 M3 - Referência nº 17 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160203", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160203", "CAIXA ROLL ON/OFF 15 M3 - Referência nº 01 QUANTIDADE DE CAIXAS:  1  NO ESTADO EM QUE SE ENCONTRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>