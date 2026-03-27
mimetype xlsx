--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160328", "075")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160328", "veja o vídeo!! VW/VIRTUS HL AD; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE: 105.042,00")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158819", "076")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158819", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR1; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO - FIPE: 88.172,00")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>54.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159595", "077")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159595", "veja o vídeo!! HONDA/FIT LX CVT; 2020/2020; AZUL; ALCO./GASOL. - FUNCIONANDO - APROX. 4.500KM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159594", "078")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159594", "veja o vídeo!! HONDA/CITY HATCH TOURING; 2022/2022; BRANCA; ALCO./GASOL. - FUNCIONANDO - APROX. 1.370KM; IPVA 2023 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158820", "079")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158820", "veja o vídeo!! PEUGEOT/208 GRIFFE EAT6; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159596", "080")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159596", "veja o vídeo!! I/CHEV CRUZE LTZ NB AT; 2021/2022; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>76.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158817", "081")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158817", "veja o vídeo!! VW/VIRTUS MF; 2019/2020; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158851", "082")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158851", "veja o vídeo!! HONDA/CITY EXL CVT; 2021/2021; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 21.859KM - FIPE: 102.996,00")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>67.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158818", "083")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158818", "veja o vídeo!! HONDA/HR-V EXL CVT; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>83.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158824", "084")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158824", "CHEVROLET/ONIX 1.0MT LT; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158828", "085")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158828", "veja o vídeo!! TOYOTA/YARIS HB XLPLUSAT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 25.419KM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158821", "086")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158821", "veja o vídeo!! CHEV/PRISMA 1.4MT LT; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158822", "087")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158822", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2011/2011; PRETA; DIESEL - FUNCIONANDO - FIPE R$ 131.309,00")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158823", "088")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158823", "veja o vídeo!! HYUNDAI/HB20 1.6M 1.6M; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160611", "089")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160611", "veja o vídeo!! HYUNDAI/HB20 1.0M 1.0 M; 2018/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160612", "090")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160612", "veja o vídeo!! CHEVROLET/S10 LTZ DD4A; 2021/2022; PRETA; DIESEL - FUNCIONANDO - APROX. 11.500KM")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>118.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160613", "091")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160613", "FIAT/STRADA HD WK CC E; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158834", "092")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158834", "veja o vídeo!! HYUNDAI/HB20 1.0M COMFOR; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158832", "093")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158832", "veja o vídeo!! CHEVROLET/MONTANA SPORT; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>32.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158829", "094")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158829", "I/VOLVO XC60 2.0T5 R-DES; 2015/2016; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160286", "095")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160286", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2018/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158833", "097")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158833", "veja o vídeo!! FIAT/FIORINO FLEX; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>27.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160280", "098")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160280", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2018/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE R$ 58.277,00")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>41.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160137", "099")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160137", "veja o vídeo!! I/TOYOTA HILUX CD4X4; 2005/2006; BEGE; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>48.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158826", "100")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158826", "veja o vídeo!! RENAULT/DUSTER EXPRESSION 1.6; 2018/2019; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158825", "101")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158825", "veja o vídeo!! I/VW TIGUAN ALLSPACE CL; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158827", "102")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158827", "veja o vídeo!! PEUGEOT/208 ACTIVE; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158830", "103")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158830", "I/VW PASSAT HL TSI AA; 2018/2018; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158831", "104")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158831", "veja o vídeo!! GM/CORSA SEDAN PREMIUM; 2008/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158839", "106")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158839", "veja o vídeo!! VW/FOX 1.0 GII; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158846", "107")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158846", "TOYOTA/ETIOS SD XLS; 2014/2014; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158837", "108")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158837", "JEEP/RENEGADE 1.8 AT; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158843", "109")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158843", "veja o vídeo!! GM/PRISMA MAXX; 2010/2010; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158844", "110")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158844", "veja o vídeo!! FORD/FIESTA FLEX; 2008/2009; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158842", "111")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158842", "veja o vídeo!! FORD/FIESTA FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158845", "112")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158845", "veja o vídeo!! FIAT/UNO VIVACE 1.0; 2011/2012; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158841", "113")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158841", "veja o vídeo!! TOYOTA/COROLLA XEI18FLEX; 2007/2008; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159759", "114")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159759", "veja o vídeo!! CITROEN/PICASSO II16GLXF; 2008/2009; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158836", "115")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158836", "FIAT/TORO FREEDOM AT; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160135", "116")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160135", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2010/2011; VERDE; GASOL./ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158847", "117")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158847", "veja o vídeo!! CHEV/PRISMA 1.0MT LT; 2013/2014; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158840", "127")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158840", "RENAULT/SCENIC EXP 1616V; 2005/2006; PRETA; ALCO./GASOL. - FUNCIONANDO ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158848", "134")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158848", "CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158849", "137")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158849", "CITROEN/PICASSO II16GLXF; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158850", "139")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158850", "GM/CORSA HATCH MAXX; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>