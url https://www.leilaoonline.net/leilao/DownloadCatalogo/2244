--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158991", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158991", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  20 POTÊNCIA:  115 KVA MARCA / MOD:  MAQUIGERAL TD-229/EC6 MOTOR:  MWM SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158992", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158992", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  24 POTÊNCIA:  230 KVA ANO:  1996 MARCA / MOD:  MAQUIGERAL DS1193 MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158996", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158996", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  102 POTÊNCIA:  440 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL NTA855-G3 MOTOR:  CUMMINGS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158994", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158994", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  104 POTÊNCIA:  440 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL DSC1158HP MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158997", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158997", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  109 POTÊNCIA:  440 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL DSC1158HP MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158995", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158995", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  110 POTÊNCIA:  360 KVA ANO:  2001 MARCA / MOD:  MAQUIGERAL DSC1158HP MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158993", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158993", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  131 POTÊNCIA:  150 KVA ANO:  2002 MARCA / MOD:  MAQUIGERAL 6.10T MOTOR:  MWM SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158998", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158998", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  147 POTÊNCIA:  180 KVA ANO:  2006 MARCA / MOD:  MAQUIGERAL 6.10T MOTOR:  MWM SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158999", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/158999", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  152 POTÊNCIA:  500 KVA ANO:  2006 MARCA / MOD:  CATERPILLAR 3406 MOTOR:  CATERPILLAR SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159000", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159000", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  196 POTÊNCIA:  75 KVA ANO:  2008 MARCA / MOD:  MAQUIGERAL MS6.9T MOTOR:  INTERNACIONAL SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159001", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159001", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  201 POTÊNCIA:  150 KVA ANO:  2008 MARCA / MOD:  MAQUIGERAL 6.10T MOTOR:  MWM SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159004", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159004", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  203 POTÊNCIA:  150 KVA ANO:  2007 MARCA / MOD:  MAQUIGERAL 6.10T MOTOR:  MWM SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...190 lines deleted...]
-      </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159003", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159003", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  220 POTÊNCIA:  84 KVA ANO:  2008 MARCA / MOD:  MAQUIGERAL 110A-44TG1 MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159005", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159005", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  232 POTÊNCIA:  360 KVA ANO:  2009 MARCA / MOD:  MAQUIGERAL DC-9 MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159002", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159002", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  239 POTÊNCIA:  150 KVA ANO:  2009 MARCA / MOD:  SOTREQ 1006 TAG MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159006", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159006", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  242 POTÊNCIA:  65 KVA ANO:  2009 MARCA / MOD:  SOTREQ 110A-44TG1 MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159007", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159007", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  254 POTÊNCIA:  180 KVA ANO:  2010 MARCA / MOD:  MAQUIGERAL 6.10TCA MOTOR:  MWM SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159008", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159008", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  269 POTÊNCIA:  100 KVA ANO:  2010 MARCA / MOD:  SOTREQ 110A-44TG1 MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159010", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159010", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  341 POTÊNCIA:  165 KVA ANO:  2013 MARCA / MOD:  SOTREQ 1006 TAG MOTOR:  PERKINS SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159011", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159011", " Grupo Diesel Gerador N. IDENTIFICAÇÃO:  363 POTÊNCIA:  360 KVA ANO:  2013 MARCA / MOD:  MAQUIGERAL DC09 MOTOR:  SCANIA SINTESE DE ESTADO GERAL ANEXO. NO ESTADO. ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159009", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159009", " LOTE COM 17 Torres de Iluminação, MARCAS: ATLAS COPCO/KUBOTA  E VIPART/ QUANICHAI -  Mod/Pot: TI - 6,  ANOS 2012 E 2013, NO ESTADO.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>