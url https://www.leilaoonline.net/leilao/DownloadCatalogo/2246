--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,2587 +269,2267 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159295", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159295", " SERRA HORIZONTAL FRANHO; TIPO: S900; ANO: 1988; C/ MOTOR ELÉTRICO 3 CV")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159298", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159298", " ALIMENTADOR DE INJETORA PLAST-EQUIP.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159296", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159296", " PLAINA ZOCCA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159292", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159292", " SOLDADORA DE PLÁSTICO 220 VCA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159294", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159294", " VÁLVULA 177 KGF/CM²; 400 ºC")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161535", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161535", " TORNO IMOR 3,80 MTS. BARRAMENTO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161536", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161536", " COZINHA INDUSTRIAL SEMINOVA ( BIFÊ QUENTE E FRIO / FREEZER / BANCADAS / PIAS / 3 FREEZER HORIZONTAL / PANELAS / FRITADEIRA / EXAUSTOR / FOGÃO / UTENSÍLIOS PARA COZINHA)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159293", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159293", " ELETROEROSÃO POR PENETRAÇÃO ENGESPARK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159299", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159299", " DOBRADEIRA; COMP.: 2,5 M")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159301", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159301", " GERADOR C/ MOTOR MERCEDES-BENZ; POT. 350 KVA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159300", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159300", " LIXADEIRA DE CINTA ILV; COM MOTOR ELÉTRICO 2 CV")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161537", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161537", " PLAINA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159302", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159302", " ELETROEROSÃO POR PENETRAÇÃO EP; COM UNIDADE HIDRÁULICA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161533", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161533", " COMPRESSOR DE AR S/MOTOR")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161530", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161530", " COMPRESSOR DE AR")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159303", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159303", " SERRA HORIZONTAL COM MOTOR WEG 3 KW")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159308", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159308", " ESMERIL/POLITRIZ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161529", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161529", " PRENSA CIOLA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159307", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159307", " PRENSA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161534", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161534", " PRENSA HIDRAULICA FOG")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159305", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159305", " TANQUE CILINDRICO HORIZONTAL EM INOX; CAP. APROX.: 2500 L")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161532", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161532", " SERRA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159306", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159306", " DOBRADEIRA MANUAL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161531", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161531", " PRENSA 40 TON HARLO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159317", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159317", " ASPIRADOR DE PÓ INDUSTRIAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159318", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159318", " SERRA HORIZONTAL FRANHO; TIPO: F320")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159316", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159316", " TORNO REVÓLVER LOMBARDI")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159315", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159315", " COMPRESSOR DE AR DOUAT P.M. 10,5 ATM C/ MOTOR 5 CV")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159309", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159309", " GELADEIRA C/ 6 PORTAS EM INOX FRILUX")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159321", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159321", " APROX. 600 REATORES INTRAL; MODELO POUP 2x16 W; 220 V E APROX. 30 LÂMPADAS CERA 35 W")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159312", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159312", " POLITRIZ S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159311", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159311", " APROX. 96 LÂMPADAS JNG LED (QUENTE) 5 W")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159319", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159319", " 1 ROLAMENTO NU 228 C3; 1 ROLAMENTO NU 1048 MC3; 1 ROLAMENTO 7324 40M; 1 ROLAMENTO S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159320", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159320", " 4 CAIXAS DE CHAVES COMBINADAS MAYLE DE 23 MM; 5 CAIXAS DE CHAVES COMBINADAS MAYLE DE 28 MM")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159310", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159310", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159313", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159313", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159314", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159314", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159327", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159327", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159324", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159324", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159328", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159328", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159322", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159322", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159325", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159325", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159326", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159326", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159323", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159323", " APROX. 30 LUMINÁRIAS LED; FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159329", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159329", " CAIXA DE REDUÇÃO TV 151")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159283", "069")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159283", " Envasadora em inox")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159284", "070")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159284", " Unidade hidráulica")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159341", "072")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159341", " Retifica Zocca")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159340", "073")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159340", " Serra Vai e Vem")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159342", "075")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159342", " Furadeira")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159286", "089")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159286", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159285", "090")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159285", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159287", "091")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159287", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159288", "093")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159288", " Filtro para piscina")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159289", "094")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159289", " Aprox. 200 reatores (sem uso) ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>3200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159346", "102")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159346", " JATO DE AREIA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159343", "103")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159343", " SERRA CIRCULAR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...238 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159347", "107")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159347", " ALIMENTADOR DE INJETORA (FALTANDO PEÇAS)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159348", "115")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159348", " 2 ESTEIRAS TRANSPORTADORAS; COMPR.: 1600 MM")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159344", "116")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159344", " UNIDADE HIDRÁULICA C/ MOTOR")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159345", "117")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159345", " ESMERIL")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159291", "200")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159291", "1 Bicicleta elétrica ( falta módulo)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159266", "201")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159266", " aprox.  50 Fresas novas/ usadas")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159274", "206")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159274", " 02 GELADEIRAS EM INOX")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159275", "211")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159275", " APROX. 30 UNIIDADES DE FILTROS (SEM USO)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159282", "223")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159282", "Compressor de ar")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159276", "224")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159276", " FORNO MUFLA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159277", "226")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159277", " MÁQUINA DE TESTE DE DUREZA")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159278", "247")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159278", "Equipamentos para cozinha industrial em inox - sendo 3 refrigeradores")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
+      <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...185 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159279", "248")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159279", "Aprox. 30 peças de machos. Diversas medidas (sem uso)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159280", "257")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159280", " Aprox. 2,5 ton de vidros para expositores (tamanhos variados)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...185 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159290", "258")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159290", "Cápsula Saúna a vapor sem uso")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159281", "260")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159281", "Plataforma elevatória. Aprox. 6 metros")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...217 lines deleted...]
-      <c r="F41" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159267", "1012")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159267", " TURASK MOD. BRASILIA.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-[...52 lines deleted...]
-      <c r="E43" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159268", "1138")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159268", " aprox. 350 unidades ganchos de segurança")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159269", "1156")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159269", " 7 un. escadas de madeira ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159271", "1167")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159271", " 1 un. de Torre de refrigeração de água")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159270", "1168")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159270", " Forno tipo bambole em aço carbono")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159272", "1169")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159272", " Forno tipo bambole em aço inox")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
-      <c r="F43" s="4" t="inlineStr">
-[...415 lines deleted...]
-      <c r="F56" s="4" t="inlineStr">
+      <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-[...1054 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159273", "1174")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159273", " 7 secadores de mão. Ar quente e frio")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>