--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,14907 +269,13047 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259798", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259798", "LOTE CONTENDO 189 ITENS, OBS: LOCALIZADO EM DIV. UNIDADES VEJA RELAÇÃO ABAIXO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>162.169,31</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161433", "299")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161433", "CARROCERIA COMBOIO, S/ FR, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160244", "456")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160244", "CAMINHÃO VW 15.180 EURO3 WORKER, ANO 2010/2011, BRANCO ( VEICULO SEM CARROCERIA ) FR4415074, LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160243", "468")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160243", " CAMINHÃO VOLKSWAGEN 15-180 EURO3 WORKER (BORRACHARIA:55012), ANO 2008/2008, BRANCO - FR4415010 - LOC.CAARAPÓ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160245", "469")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160245", "CAMINHÃO M BENZ AXOR 3344S 6X4, ANO 2014/2014, BRANCO - FR119950 - LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160278", "472")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160278", "CAMINHÃO VOLVO/FM 500 6X4 T, ANO 2013/2013, BRANCA , FR4415041, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160246", "473")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160246", "CAMINHÃO VOLVO FM 500 6X4T, ANO 2013/2013 - FR4415033 - LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160604", "479")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160604", " QUADRICICLO INJECAO ELETR 26,9CV 6250RPM, ANO 2015, FR9006005, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160148", "485")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160148", "AREA DE VIVENCIA , REB/ GOYDO REG. CAN, ANO 2001/2002, FR5004632,OBS. ( COR DIVERGENTE)  LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160587", "505")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160587", "43 ITENS DIVERSOS, SUCATAS DE VALVULAS, CILINDROS, MOTORES E OUTROS - VEJA DESCRITIVO DE ITENS , LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160605", "506")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160605", "LOTE COM 55 SUCATAS DE MOTORES , 04 ATUADORES DE VALVULAS , 02 COMPRESSOR COM MOTOR , S/FR, LOC. PASSATEMPO /MS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>101</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160239", "552")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160239", "REBOQUE RANDON RQ CA, ANO 2004/2004 - FR14004249 - LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160240", "553")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160240", "REBOQUE RANDON RQ CI HI, ANO 1996/1996, FR14004186, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160238", "556")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160238", " SEMI-REBOQUE CANA PICADA SR CA RANDON, ANO 2007/2007, AZUL - FR14004307 - LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160247", "559")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160247", " TRANSBORDO SANTAL , ANO 2008, FR14003321,   LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160236", "569")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160236", " CARRETA AGRICOLA AREA VIVENCIA 02-4P, ANO 2012,  FR14004619 , LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160666", "573")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160666", " MUNCK VEICULAR   3.500 KGS, LOC. SANTA ELISA  ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160242", "581")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160242", " MOTOBOMBA,ANO 1996, FR14005052, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160248", "594")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160248", " CAIXA TRANSBORDO, ANO 2010, FR14003449, LOC. MB")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160256", "595")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160256", " CAIXA TRANSBORDO, ANO 2010, FR13004175, LOC. MB")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160258", "596")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160258", " CAIXA TRANSBORDO, ANO 2010, FR13004174, LOC. MB")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160250", "597")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160250", " CAIXA TRANSBORDO, ANO 2010, FR13004179, LOC. MB")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160252", "599")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160252", " TRANSBORDO CIVEMASA, ANO 2010, FR13003069, LOC. MB")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160259", "600")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160259", " TRANSBORDO CIVEMASA, ANO 2010, FR14003586, LOC. MB")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160263", "601")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160263", " TRANSBORDO CIVEMASA, ANO 2010, FR13003065, LOC. MB")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160254", "602")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160254", " TRANSBORDO SANTAL, ANO 2011, FR13003121, LOC. MB")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160255", "604")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160255", " TRANSBORDO , ANO 2011, FR13003113, LOC. MB")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160251", "605")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160251", " TRANSBORDO , ANO 2011, FR13003111, LOC. MB")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160249", "606")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160249", " TRANSBORDO SANTAL, ANO 2011, FR13003122, LOC. MB")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160264", "609")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160264", " CAIXA TRANSBORDO DUPLO SANTA IZABEL, S/FR, LOC. MB")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160260", "610")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160260", " TRANSBORDO CIVEMASA, ANO 2010, FR14003455, LOC. MB")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160261", "612")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160261", " TRANSBORDO CIVEMASA, ANO 2010, FR13003067, LOC. MB")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160233", "613")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160233", " TRATOR VOLVO, ANO 2005, FR13002033, LOC. MB ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160241", "614")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160241", " COLHEDORA CANA JOHN DEERE, ANO 2012, FR9002008, LOC. MB ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160257", "615")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160257", " COLHEDORA J.DEERE 3520, ANO 2011, FR1002018, LOC. MB")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160253", "618")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160253", " COLHEDORA J.DEERE 3522, ANO 2014, FR12802126, LOC. MB")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160262", "621")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160262", " HIDRO-ROLL, ANO 2007, FR1003470, LOC. Vale Rosário")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160232", "624")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160232", "2 CARRETINHAS SERVIÇOS GERAIS, ANO 2016, FR11003804/FR11003799/,  LOC. VALE DO ROSÁRIO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160237", "625")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160237", "  2 CARRETINHA SERVIÇOS GERAIS, ANO 2016, FR11003792/FR11003797, LOC. VALE DO ROSÁRIO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160108", "679")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160108", "CAMINHÃO VOLVO/VM 260 6X4R, ANO 2011/2011, BRANCA , FR17010,OBS.( MOTOR DIVERGENTE) LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160283", "684")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160283", "TRANSBORDO P/ CANA PICADA TRIDEM, ANO 2008, FR45277, CAARAPÓ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160514", "689")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160514", "TRATOR VALTRA BH180, ANO 2010,  FR4435026 LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160515", "698")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160515", "Trator Valtra Mod BH180, FR4437031, ANO 2010, LOC. CAARAPO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160103", "701")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160103", " CAMINHÃO M.BENZ/AXOR 3344S 6X4, ANO 2016/2016, BRANCA, FR4415055, LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160125", "703")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160125", " CAMINHÃO M.BENZ/AXOR 3344S 6X4, ANO 2016/2017, BRANCA, FR4415048, LOC. CAARAPO ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161538", "708")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161538", "SUCATA DE TRATOR J. DEERE 6190J, ( QUEIMADO )  ANO 2017, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160104", "743")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160104", " CAMINHÃO VOLVO/FM 500 6X4T, ANO 2013/2013, BRANCO. - FR4415044, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160090", "744")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160090", " CAMINHÃO M.BENZ/AXOR 3344S 6X4, ANO 2016/2017, BRANCA, FR4415050, LOC.CAARAPÓ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160089", "752")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160089", " CAMINHÃO VOLVO/FM12 380 6X4 T, ANO 2005/2005, BRANCA, FR4410752, LOC. CAARAPO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160329", "767")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160329", "TRANSBORDO CIVEMASA MOD. TAC 10500, ANO 2015, FRFR4447009, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160282", "769")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160282", "TRANSBORDO TRIDEM BIPARTIDO STA. ISABEL, FR4441990, LOC. CAARAPO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160601", "808")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160601", "SEMI-REBOQUE  USICAMP SRCP E2 10000 . ANO 2008/2008. AZUL - FR4493393. - LOC. CAARAPÓ/MS ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160285", "810")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160285", "TRANSBORDO AGRÍCOLA DE ARRASTO AUTOESTER, ANO 2016, FR4445256, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161437", "812")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161437", "TRANSBORDO CIVEMASA , AGRICOLA DE ARRASTO AUTOESTER, ANO 2016, FR4445247, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160281", "840")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160281", "TRANSBORDO AGRICOLA DE ARRASTO,  Autoester, ANO 2016, FRFR4435157, LOC. CAARAPO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161646", "845")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161646", "CONDENSADOR BAROMETRICO 30 T H N 01, FR24381, LOC. RIO BRILHANTE / MS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161647", "846")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161647", "CONDENSADOR BAROMETRICO 30 T H N 2, FR24406, LOC. RIO BRILHANTE/MS ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161648", "847")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161648", "CONDENSADOR BAROMETRICO 30 T H N 3, FR24431, LOC. RIO BRILHANTE/MS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161649", "848")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161649", "CONDENSADOR BAROMETRICO 30 T H N 4, FR24445, LOC. RIO BRILHANTE/MS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161650", "849")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161650", "Sucata  de tubos de evaporação aprox..12 ton., (venda por KG), LOC. RIO BRILHANTE /MS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>16.800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161652", "850")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161652", "S.REBOQUE USICAMP ( RODOMUDA) SRCP E2 10000, ANO 2005/2005, FR5004784, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160588", "906")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160588", " TRANSBORDO TAC 13000, ANO 2007. - FR.5004750 . -LOC. PASSATEMPO/MS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160589", "908")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160589", " TRANSB VT 10 ARRASTE TRAT, ANO 2012. - FR. 5003039. - LOC. PASSATEMPO/MS ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160590", "914")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160590", " TRANSBORDO TAC 13000, ANO 2008. - FR.5004802 . -LOC. PASSATEMPO/MS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160596", "926")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160596", " TRANSB VT 10 ARRASTE TRAT, ANO 2012. - FR. 5003038. - LOC. PASSATEMPO/MS ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160593", "928")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160593", " TRANSB SANTAL VT 10 ARRASTE TRAT, ANO 2010. - FR. 5004767. - LOC. PASSATEMPO/MS ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160595", "953")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160595", " TRANSBORDO SANTAL VT-10 - FR. 1003051. - LOC. RIO BRILHANTE/MS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160597", "958")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160597", " TRANSBORDO RCAM 10000KG 24M³ 4700X355. - FR. 5004756. - LOC. RIO BRILHANTE/MS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160591", "959")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160591", " TRANSBORDO ARR 10500KG 24M³ 4700X3550MM 7350KG,. - FR. 9003055. - LOC. RIO BRILHANTE/MS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160592", "960")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160592", " TRANSBORDO ARR 10500KG 24M³ 4700X3550MM 7350KG. - FR. 9003050. - LOC. RIO BRILHANTE/MS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160594", "962")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160594", " TRANSB VT 10 ARRASTE TRAT , ANO 2012. - FR. 5003031. - LOC. RIO BRILHANTE/MS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161432", "1009")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161432", " S.REBOQUE USICAMP SRCP E2 10000, ANO 2088/2008, AZUL, FR46852, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160558", "1011")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160558", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL , FR46873, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160583", "1013")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160583", " S.REBOQUE USICAMP SRCP E2 10000, ANO 2008/2008, AZUL, FR121449 , LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160584", "1022")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160584", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR46885,( SINISTRADO/RECUPERADO)  LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160585", "1023")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160585", "REBOQUE RANDONSP RQ CA, ANO 2013/2014, CINZA, FR46968, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160586", "1025")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160586", "REBOQUE  RANDONSP RQ CA , ANO 2012/2012, AZUL , FR46938, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160441", "1164")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160441", "S.REBOQUE USICAMP SRCP E2 1000, ANO 2002/2002, AMARELA, FR4451065, LOC. CAARAPO/MS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160599", "1173")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160599", "S.REBOQUE  RANDON 12,50 M, ANO 2010/2011, AMARELA. - FR51267. - LOC. CAARAPÓ/MS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160513", "1174")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160513", "S.REBOQUE SR CA, ANO 2007/2007, AZUL, FR96212, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160443", "1176")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160443", "S.REBOQUE/USICAMP SRCP E2 10000, ANO 2012/2012, AMARELA,FR4455060, LOC. CAARAPO")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160444", "1177")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160444", "S.REBOQUE/USICAMP SRCP E2 10000, ANO 2009/2009, AZUL, FR4455132, LOC. CAARAPO")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160442", "1178")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160442", "S.REBOQUE/USICAMP SRCP E2 10000, ANO 2005/2005, AMARELA, FR4451085, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160440", "1183")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160440", "S. REBOQUE RANDON SRCA CA, ANO 2008/2008, AMARELA, FR4451060, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160598", "1186")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160598", "S.REBOQUE  RANDON 12,50 M, ANO 2008/2008., AMARELA - FR51164. - LOC. CAARAPÓ/MS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160600", "1195")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160600", " S.REBOQUE  RANDON 12,50 M, ANO 2010/2011, AMARELA - FR51282. - LOC. CAARAPÓ/MS")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160606", "1231")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160606", " HONDA BROS KS 150CC. ANO 2006/2007, VERMELHA - FR5006074. - LOC. PASSATEMPO")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160109", "1235")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160109", "Trator Valtra mod BH210I 4x4 210CV,FR4435080, ANO 2015,  LOC, CAARAPÓ,")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>172.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160119", "1236")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160119", "Trator Valtra Mod.BH 180, FR4430982, ANO 2010, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160113", "1237")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160113", " FIAT/STRADA WORKING CD, ANO 2015/2016, BRANCA, FR4425061, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160102", "1238")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160102", " VW/ SAVEIRO RB MBVS, ANO 2016/2017, BRANCA,FR4425076, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160132", "1239")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160132", " VW. KOMBI, ANO 2013/2014, BRANCA, FR4425097, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160663", "1240")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160663", "FIAT/STRADA HD WK CC E , ANO 2018/2019, BRANCA, FR4425104, LOC CAARAPO")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160131", "1241")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160131", " FIAT/PALIO FIRE WAY, ANO 2016/2016, BRANCA , FR4425067, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160120", "1242")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160120", " VW/ KOMBI , ANO 2013/2014, BRANCA, FR4425093, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160092", "1243")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160092", " VW. KOMBI ANO 2013/2013, BRANCA, FR4425100, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160147", "1244")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160147", "VW/KOMBI, ANO 2013/2014, BRANCA , FR4425095, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160128", "1245")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160128", " FIAT/UNO MILLE WAY ECON., ANO 2012/2013, BRANCA, FR4425053, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160130", "1246")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160130", " FIAT/STRADA WORKING, ANO 2015/2016, BRANCA, FR4425069, LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160123", "1247")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160123", " FIAT/PALIO FIRE WAY, ANO 2016/2016, BRANCA, FR4425068, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160114", "1248")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160114", " FIAT/PALIO FIRE WAY, ANO 2016/2016, BRANCA , FR4425063, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160091", "1249")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160091", " FIAT/PALIO FIRE WAY, ANO 2017/2017, BRANCA, FR4425086,( VEÍCULO RESGISTRADO COM PLACA MERCOSUL, POREM ESTÁ COM PLACA ANTIGA)  LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160134", "1251")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160134", " TRANSBORDO CIVEMASA, FR45129, LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160126", "1252")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160126", " CAMINHÃO VOLVO/FM 500 6X4T, ANO 2013/2013, BRANCA, FR4415030, LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>94.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160121", "1253")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160121", " CAMINHÃO M. BENZ/AXOR 3344S 6X4, ANO 2016/2017, BRANCA, FR4415049, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>126.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160133", "1254")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160133", " MOTOR P/ BM100, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160094", "1255")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160094", " TRATOR J.DEERE , MOD. 6180J, ANO 2016,  FR4455130, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160107", "1257")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160107", " CAMINHÃO M.BENZ/AXOR 3344S 6X4, ANO 2016/2017, BRANCA, FR4415053, LOC. CAARAPÓ ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160122", "1258")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160122", " CAMINHÃO VW./26.220 EURO 3 WORKER, ANO 2007/2007, BRANCA, FR4415002, ( VEICULO SEM CARROCERIA ) LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160118", "1259")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160118", " CAMINHÃO VOLVO/VM 260 6X4 R, ANO 2010/2011, BRANCA, FR4415013, LOC. CAARAPO ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>168.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160116", "1260")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160116", " CAMINHÃO VOLVO/VM 260 6X4R, ANO 2011/2011, BRANCA, FR4415023, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>172</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>214.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160115", "1261")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160115", " CAMINHÃO VW/26.260 E, ANO 2008/2008, BRANCO FR4415047, obs. ( VENDA SEM CARROCERIA )  . LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160097", "1262")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160097", " CAMINHÃO VOLVO/VM 260 6X4R, ANO 2011/2011, BRANCA,  (CARR. COMBOIO: 55046 ) FR4415022, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>124</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>163.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160095", "1263")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160095", " CAMINHÃO VW/15.180 EURO3 WORKER , ANO 2006/2006, BRANCA, FR139260, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160112", "1264")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160112", " CAMINHÃO M.BENZ/L 1318, ANO 2007/2007, BRANCA, BAÚ,  FR15008, CARROC. BAU, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160088", "1265")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160088", " CAMINHÃO M.BENZ/LS 2638, ANO 2000/2000, BRANCA, ( CARR. PIPA 55081) FR4414620, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160093", "1266")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160093", " CAMINHAO VOLVO/VM 260 6X4R, ANO 2011/2011, BRANCA,  ( CARR. BAZUKA: 55082 )FR4415024, LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>93.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160127", "1267")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160127", " GRADE NIVELADORA 42X20 discos marca bald, FR4441871,,LOC. CAARAPÓ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160111", "1268")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160111", " GM/S10 2.4 RONTAN AMB., ANO 2007/2008, BRANCA , FR5006018, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160117", "1269")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160117", "CARRETINHA TANQUE (FABRICAÇÃO PROPRIA) S/ FR, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160110", "1270")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160110", "AREA DE VIVÊNCIA, FR5004604, OBS: ( CHASSI DANIFICADO / COR DIVIRGENTE ) LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160101", "1271")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160101", " HIDROROLL 125/450 G4 TURBO MAQ. ANO 2007, FR505756, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160096", "1272")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160096", " HIDROROLL 125/450 G4 TURBO MAQ. ANO 2007, FR9003011, LOC. RIO BRILHANTE HIDROROLL 125/450 G4 TURBO MAQ. ANO 2007, FR9003011, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160129", "1273")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160129", "SUCATA DE TRATOR JHON DEERE MOD.7230, S/FR, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160100", "1274")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160100", "1 TANQUE DE PLASTICO 2 MIL LITROS, 1 TANQUE DE AÇO 5 MIL LITROS, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160105", "1275")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160105", " 110 UNDS. APROX. DE RODAS , CAMPANAS E RODAS , LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160124", "1276")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160124", " AREA DE VIVENCIA - FAB. PRÓPRIA, (VENDA SEM DOCUMENTO), S/FR, LOC . RIO BRILHANTE ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160106", "1277")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160106", " TANQUE FERRO APROX. 8000 LTS, S/FR, LOC. RIO BRILHANTE ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160503", "1282")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160503", " MOTOBOMBA - UNIDADE VALE DO ROSÁRIO")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160272", "1285")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160272", " COLHEDORA JOHN DEERE 3522, ANO 2014,  FR11002182 - UNIDADE VALE DO ROSÁRIO")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160265", "1312")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160265", " TRANSBORDO CIVEMASA, ANO 2010, FR13003070, LOC. MB")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160616", "1312")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160616", " TRANSBORDO CIVEMASA TAC ARR 10500KG 24M³ 4700X3550,ANO  2010 FR13003070 - UNIDADE MB")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160235", "1333")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160235", " SEMI REBOQUE CANA PICADA MCA RANDON, ANO 1997/1997, BRANCO. - FR14004218, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160234", "1335")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160234", "REBOQUE RODOVIARIA SR CN HI, ANO 1995/1995, AZUL - FR14004180 - LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160273", "1370")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160273", " CAMINHÃO VW 12.140 H C/CAÇAMBA BASCULANTE, ANO 1996/1996, BRANCA ,  FR11001112, LOC. VALE DO ROSÁRIO ")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160528", "3619")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160528", " ÔNIBUS MERCEDES BENZ OG 1315, ANO 1991/1992, BRANCO. - FR. 97493. - LOC. DIAMANTE/SP")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160530", "3622")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160530", " Transbordo Santal 12 T, ANO 2007. - FR.101938. - LOC. DIAMANTE/SP")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160529", "3627")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160529", " Partes Diversas de Implementos (super cultivador, cultivador, adubadeira...) - S/FR. - LOC. DIAMANTE/SP")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160531", "3638")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160531", " Transbordo Santal, ANO 2015. - FR.17301. - LOC. SANTA CANDIDA/SP")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160532", "3644")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160532", " Caminhão VW 15.180 EURO3 WORKER, CARROCERIA COMBOIO, ANO 2011/2012, BRANCO. - FR.360445. - LOC. SANTA CANDIDA/SP")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>115</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>162.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160535", "3646")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160535", " Transbordo Santal 12 T, ANO 2015. - FR.17318. - LOC. SANTA CANDIDA/SP")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160533", "3647")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160533", " Transbordo Santal 12 T, ANO 2015. - FR.17333. - LOC. SANTA CANDIDA/SP")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160534", "3648")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160534", " Transbordo Santal 12 T, ANO 2015. - FR.17304. - LOC. SANTA CANDIDA/SP")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160536", "3649")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160536", " Transbordo Santal 12 T, ANO 2015. - FR.17344. - LOC. SANTA CANDIDA/SP")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160538", "3655")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160538", "Reboque /FNV - FRUEHAUF RPB, ANO 1991/1991, BRANCO;  C/Motor e Carretel. - FR.19800/19986. ( SINISTRADO/RECUPERADO, SEM NUMERAÇÃO DE CHASSI ,REGULARIZAÇÃO PELO COMPRADOR) )  - LOC. PARAÍSO/SP ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160537", "3656")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160537", " Reboque Randon RQ CA 8,20 M, ANO 2005/2005. BRANCA - FR.19205. - LOC. PARAÍSO/SP")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160539", "3666")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160539", " Caminhão VW  7-110S Toco, Baú, ANO 1998/1998, BRANCO. - FR.96314.  VENDA SEM MOTOR , Nº MOTOR FORA DO PADRÃO, CARROCERIA DIVERGENTE (NO DOCUMENTO CONSTA ABERTA), REGULARIZAÇÃO POR CONTA DO COMPRADOR) - LOC. BARRA/SP")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160541", "3674")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160541", " 1 Cultivador, 9 Pistões e 2 Tanque Plastico. - FR.74029. - LOC. BARRA/SP")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160551", "4130")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160551", " Transbordo Santal 12 T, ANO 2008. - FR.38327. - LOC. PARAÍSO/SP")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160553", "4131")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160553", " Transbordo Santal 12 T, ANO 2008. - FR.101955. - LOC. PARAÍSO/SP")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160568", "11378")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160568", " TRANSBORDO SANTAL 12 T, ANO 2010, FR1403, LOC. ARARAQUARA")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160559", "11390")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160559", " TRANSBORDO SMR 10500 10 T, ANO 2007, FR10112, LOC. ARARAQUARA")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160573", "11395")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160573", " TRANSBORDO SMR 10500 10 T, ANO 2008, FR10124, LOC. SERRA")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160607", "11543")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160607", "6 CENTRIFUCAS AÇUCAR COMPLETA, 1 MOTOR RESERVA E 2 PAINEIS, S/ FR, LOC. ZANIN")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160608", "11548")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160608", "REBOQUE 4E RANDONSP RQ CA, ANO 2010/2011, AZUL, FR93655, LOC. ZANIN")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161436", "11569")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161436", "REBOQUE RANDONSP RQ CA, ANO 2012/2013, CINZA , FR121567, LOC. ZANIN ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160039", "11573")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160039", "ITENS DE INFORMATICA(CPUs, MONITORES, NOTEBOOKs e ACESSPRIOS) LOC. BONFIM ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>37.750,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160049", "11574")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160049", " TRATOR M.F. 275, 4X2,  FR49381, ANO 1993, LOC. ZANIN")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160057", "11576")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160057", " CAMINHÃO M.BENZ,AXOR, 3344 6X4 , ANO 2013/2013, BRANCA, FR10626, LOC. ZANIN ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160034", "11577")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160034", " TRATOR VALTRA, BH210 I 4X4, ANO 2015, FR18057, LOC. ZANIN ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>267.000,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160056", "11578")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160056", " TRATOR VALTRA BH 210 I 4X4, ANO 2015, FR31055, LOC. ZANIN  ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>125</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160042", "11579")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160042", " PLANTADEIRA CANA AUTOMATICA DMB, FR92767, LOC. ZANIN ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160060", "11580")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160060", " TRATOR VALTRA BH 180 4X4 , ANO 2013,  FR360742, LOC. ZANIN ")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>112</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>156.000,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160069", "11581")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160069", "TRATOR PNEUS AGRIC 100CV 4X4 CARREG. ANO 2007, FR360844, LOC. ZANIN ")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160064", "11582")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160064", " TRATOR M. FERGUSON 283 4X4, ANO 2006,  FR115103, LOC. ZANIN ")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160062", "11583")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160062", "PLANT. CANA AUTOMÁTICA  DMB, FR88894, LOC. ZANIN")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160051", "11584")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160051", " CAMINHÃO M.BENZ/ AXOR 3344S 6X4, ANO 2014/2014, BRANCO. - FR362066, LOC. ZANIN ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160059", "11585")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160059", "CARRETA  ABRIGO OPERAD. ECOAGRO,  FR361702, LOC. ZANIN ")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160043", "11586")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160043", " ONIBUS M.BENZ/OF 1315, ANO 1991/1992, BRANCA, FR119014, LOC. ZANIN ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160048", "11587")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160048", " ONIBUS M.BENZ/OF 1620, ANO 1994/1994, BRANCA, FR119011, LOC. ZANIN ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160061", "11588")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160061", " S.REBOQUE/ USICAMP SRCP E2 10000, ANO 2008/2008, AZUL , FR121453, LOC. ZANIN ")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160055", "11589")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160055", " S.REBOQUE/USICAMP SRCP E2 10000, ANO 2008/2008, AZUL, FR56325, LOC.ZANIN ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160063", "11624")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160063", " TRATOR J. DEERE 7500 4X4, ANO 2001, FR115523, LOC. BONFIM")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160036", "11625")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160036", " TRATOR VALTRA BH145 4X4, ANO 2013, FR126064, LOC. BONFIM ")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>133.000,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160037", "11626")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160037", " COMPRESSOR ATLAS COPOS XA, FR115094, LOC. BONFIM ")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160046", "11627")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160046", " CAMINHÃO M.BENZ. AXOR 3344S6, 6X4, ANO 2014/2014, BRANCA, FR119959, LOC. BONFIM ")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160040", "11628")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160040", " REBOQUE, FR117115/121053, CHASSI CORROÍDO, C/ MOTOR BOMBA E HIDROROLL, LOC. BONFIM ")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160071", "11629")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160071", " CAMINHÃO M. BENZ, L2638, ANO 2002/2002, BRANCA, FR120854, LOC. BONFIM ")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160038", "11630")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160038", " CAMINHÃO SCANIA/T113H, 4X2 360, ANO 1996/1997, BRANCA, FR119878, LOC. BONFIM ")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160041", "11631")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160041", " CAMINHÃO SCANIA/T112 E 6X4, ANO 1987/1987, BRANCA, FR34078, LOC. BONFIM ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160035", "11632")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160035", " CAMINHÃO VW/26.220 EURO 3 WORKER, ANO 2010/2010, BRANCA, CARROCERIA TRANS. FR119914, LOC. BONFIM ")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161281", "11999")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161281", "LOTE DE PLACAS DE INOX PARA TROCADOR CALOR, ITENS: 270 PLACAS GEA NT350S, E 100 PLACAS ALFA LAVAL M30, LOC. JUNQUEIRA")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160276", "12000")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160276", " CAMINHÃO VW. 15-190 WORKER, ANO 2014/2014, BRANCA, FR20027, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160463", "12001")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160463", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2006, FR92708, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160464", "12002")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160464", " CARRETA ABRIGO FAB.PRÓPRIA, ANO 2008, FR92736, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160465", "12003")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160465", " SULCADOR, ANO 2003, FR92620, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160268", "12007")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160268", " TRANBORDO SMR 10500 10T, ANO 2008, FR10131, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160266", "12008")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160266", " TRANSBORDO SANTAL VT 10T, ANO 2009, FR10148, LOC.  JUNQUEIRA  ")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160505", "12010")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160505", " REBOQUE 4E RANDON SP RQ CA 12,5M, ANO 2010/2010, AZUL, FR96769, LOC.JUNQUEIRA  ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160504", "12011")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160504", " TRANSBORDO ATA 12000 12T, ANO 2012, FR93867, LOC.JUNQUEIRA  ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160267", "12012")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160267", " TRANSBORDO SMR 10500 10 T, ANO 2008, FR10128,  LOC.JUNQUEIRA  ")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160269", "12013")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160269", " TRANSBORDO SMR 10500 10 T, ANO 2008, FR10127,  LOC.JUNQUEIRA  ")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160506", "12015")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160506", " S.REBOQUE USICAMP 12,50 M, SRCP E2 10000, ANO 2008/2008,AZUL, FR96275, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160507", "12016")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160507", " S.REBOQUE USICAMP 12,50 M, SRCP E2 10000, ANO 2008/2008, AZUL , FR96284, LOC. JUNQUEIRA")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160556", "12017")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160556", " REBOQUE 4E RANDON 12,5M, RQ CA, ANO 2010/2010, AZUL, FR96764, LOC JUNQUEIRA ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160509", "12021")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160509", " PLANT. CANA ATA PCP 1102, ANO 2012, FR92829, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160510", "12022")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160510", " CARRETA DE PLANTIO, ANO 2013, FR92853, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160508", "12026")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160508", " CARRETA TROPICAL 2.200 LTS, ANO 2012, FR92802, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160177", "12027")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160177", "PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR103902, LOC. JUNQUEIRA ")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160077", "12028")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160077", " CAMINHÃO VW. 24-220, 6X4 BAÚ, ANO 1995/1995, BRANCA, FR11001011, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160083", "12029")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160083", " VW/SAVEIRO AMBULANCIA1.6, ANO 2004/2004, BRANCA, FR11006002, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160274", "12030")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160274", " HIDROROLL HIRRIGABRASIL SEM MOTOR, ANO 1998, FR11003550, LOC. VALE DO ROSÁRIO")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160446", "12037")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160446", " TRANS.CIVEMASA TRIDEM 13T, ANO 2008, FR9004006, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160445", "12039")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160445", " TRANS.CIVEMASA TRIDEM 13T, ANO 2008, FR5004803, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161430", "12043")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161430", " EQUIPAMENTO SERV. DIVERSOS , FR116052, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160525", "12048")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160525", " CULTIVADOR C/TANQUE DMB, ANO 2012, FR11003635, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160277", "12050")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160277", " 3 CARRETINHAS SERV.GERAIS, ANO 2016, FRS14003623/3633/3627, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160511", "12056")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160511", " TRANSFORMADOR INCOTRAZA, S/FR, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160079", "12065")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160079", "ESCAVADEIRA KOMATSU PC200 -6B ,ANO 2006, FR14002008 , LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160081", "12066")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160081", " RETRO ESCAVADEIRA MAXION 750, ANO 1995/1995, FR14002007, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160084", "12067")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160084", " EMPILHADEIRA HYSTER N.5, S/F, LOC. SANTA ELISA")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160073", "12068")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160073", " GM/S10 2.4 RONTAN AMB, ANO 2001/2001, BRANCA, FR14006002, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160082", "12069")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160082", " CARRINHO PONTE ROLANTE C/ MOTOR , RED0191 , LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160070", "12070")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160070", " 02 REDUTORES ACIONAMENTO RENK ZANINI,  PC100, 367KW,  S/ FR, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160044", "12071")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160044", " TRATOR J. DEERE 5605, ANO 2003, FR14002076, LOC.  SANTA ELISA ")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160053", "12072")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160053", " PLANTADEIRA CANA AUTOMATICA DMB, FR 14003002, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160068", "12073")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160068", " EMPILHADEIRA HYSTER, MOD. 80, ANO 1991, FR14002040, LOC. SANTA ELISA ")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160072", "12074")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160072", " CARREGADEIRA VALTRA BM 85/4PCR, MOD. 778, ANO 2003/2003, FR14002058, LOC. MB ")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>119.500,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160066", "12075")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160066", " CARREGADEIRA VALTRA BM100, MOD. 576, ANO 2006, FR13002016, LOC. MB")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160054", "12076")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160054", " CARREGADEIRA MF 290 4X4, MOD. 34, ANO 1996, FR 13002001, LOC. MB ")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160074", "12077")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160074", " CARREGADEIRA VALTRA BM100, ANO 2006, FR13002046, LOC. MB ")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>134</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>192.500,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160050", "12078")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160050", " CARREGADEIRA  M.F 290 4X4, FR592,  LOC. MB ")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160076", "12079")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160076", " PLANTADORA CANA AUTOMATICA DMB, ANO 2012, FR5003047, LOC. MB ")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160052", "12080")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160052", " PLANTADORA CANA AUTOMATICA DMB, ANO 2012, FR9003106, LOC. MB ")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160045", "12081")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160045", " PLANTADORA CANA AUTOMATICA DMB, ANO 2010,  FR13003120, LOC. MB ")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160085", "12083")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160085", " QUADRICICLO HONDA TRX 420, ANO 2016/2016, FR11006026, LOC. VALEDO ROSARIO ")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160047", "12084")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160047", " QUADRICICLO POLARIS 570, ANO 2019, FR11006028, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160086", "12085")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160086", " QUADRICICLO POLARIS 570,  ANO 2019, FR11006026, LOC. VALEDO ROSARIO ")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160078", "12086")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160078", " QUADRICICLO POLARIS 570, ANO 2019, FR11006028, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160080", "12087")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160080", "PRANCHA SR/ RANDON, ANO 1972/1972, AMARELA , FR11004081, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160065", "12088")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160065", " CAMINHÃO VOLVO/NH12420 6X4 T, ANO 2002/2002, BRANCA , FR11001120, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160058", "12089")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160058", " LOTE 21 VALVULAS DE DIVERSOS TAMANHOS, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160067", "12091")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160067", "TRATOR CASE 215, ( QUEIMADO ) S/FR, LOC. VALE DO ROSARIO ")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161730", "12116")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161730", "LOTE DE SUCATA DE INFORMARTICA , VEJA DESCRITIVO DE ITENS, LEIA ATENTAMENTE AS ESPECIFICAÇÕES, LOC. VALE DO ROSARIO")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161761", "12118")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161761", "107 ITENS DE INFORMATICA, SERA VENDIDO COM SUCATA, VEJA DESCRITIVO DE ITENS , LEIA ATENTAMENTE AS ESPECIFICAÇÕES, LOC. MB")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161863", "12119")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161863", "S. REBOQUE RANDON SR CA, ANO 2002/2002, VERDE , FRFR10004067 , LOC. JARDEST/SP")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161881", "12120")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161881", "S.REBOQUE RANDON 12,50 M, SR CA, ANO 2001/2001, VERDE, FR11004213, LOC. JARDEST/SP")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161882", "12121")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161882", "S. REBOQUE RANDON SR CA, ANO 2001/2001, VERDE , FR11004194, LOC. JARDEST /SP")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161884", "12122")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161884", "S.REBOQUE RANDON, SR CA, ANO 2002/2002, VERDE, FR11004230, LOC. JARDEST/ SP")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161885", "12123")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161885", "REBOQUE /TRUCK GALEGO SR, ANO 2004/2004, VERDE, FR11004245, LOC. JARDEST/SP")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160576", "16492")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160576", " TRANSBORDO SERMAG 12 T, ANO 2009, FR84972, LOC. GASA ")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160569", "16500")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160569", " TRANSBORDO ATA 12000 12T, ANO 2012, FR123758, LOC. GASA ")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160566", "16546")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160566", " TRANSBORDO ATA 12000 , ANO 2010, FR84780, LOC. UNIVALEM")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160565", "16547")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160565", " TRANSBORDO ATA 12000 12T, ANO 2012, FR112495, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160571", "16551")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160571", " TRANSBORDO SANTAL 12 T, ANO 2014, FR84621,  LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160564", "16557")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160564", " TRANSBORDO ATA 12000 12T, ANO 2012, FR84612, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160572", "16558")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160572", " TRANSBORDO SANTAL 12 T, ANO 2014, FR84633, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160563", "16572")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160563", " TRANSBORDO SANTAL, ANO 2008, FR88774, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160561", "16575")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160561", " TRANSBORDO SANTAL, ANO 2014, FR173163, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160562", "16584")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160562", " TRANSBORDO , ANO 2014, FR91275, LOC. DESTIVALE")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159902", "16591")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159902", " CAMINHÃO M. BENZ/ AXOR 3340K 6X4, CARROCERRIA MUNCK E BAZUCA, ANO 2006/2006, BRANCA, FR173769, LOC. UNIVALEM")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>149.000,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159884", "16592")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159884", " TRATOR CASE MAGNUM 235, ANO 2013, FR163503, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>143</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>192.000,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159922", "16593")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159922", " TRATOR VALTRA BH210, ANO 2014, FR91392, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>189.000,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159890", "16594")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159890", " COLHEDORA J. DEERE 3522, ANO 2013, FR173411, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159885", "16595")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159885", " CARRETA SOLLUS, FR173571, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159925", "16596")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159925", " 02 IMPLEMENTOS HOWARD, CA300, SERIE 46993/47007, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159914", "16597")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159914", " CARRETA DE TORTA , FR103637, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159883", "16598")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159883", " CARRETA SOLLUS, FR103784, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159906", "16599")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159906", " TRATOR CASE MAXXUM 180, ANO 2010, FR81582, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159897", "16600")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159897", " TRATOR CASE 240, ANO 2010, FR112400/91435, FALTANDO PEÇAS,  LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159912", "16601")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159912", " REBOQUE SOUFER CA 2E, ANO 2012/2012, CINZA, FR81397, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159905", "16602")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159905", " CAMINHÃO VW/31.330 BMB CRC CM, ANO 2012/2012, BRANCA, FR81310, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159915", "16603")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159915", " REBOQUE SOUFER CA 2E, ANO 2012/2012, CINZA, FR81393, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159882", "16604")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159882", " CAMINHÃO VW.13.180 BAÚ,  ANO 2000/2000, BRANCA, FR173611, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159911", "16605")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159911", " TRATOR VALTRA BH210, ANO 2014, FR91228, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t>154.500,00</t>
+        </is>
+      </c>
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159919", "16606")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159919", " CAMINHAO M.BENZ/AXOR 3340K 6X4,ANO 2006/2006, BRANCO. - FR173771, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t>124.500,00</t>
+        </is>
+      </c>
+      <c r="F276" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159920", "16607")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159920", " TRATOR VALTRA, S/FR, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D277" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F277" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159896", "16608")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159896", " TRATOR VALTRA BM 125 I, ANO 2012, FR19833, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F278" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159901", "16609")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159901", " TRATOR CASE MAGNUM 235, ANO 2013,  FR163502, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D279" s="4" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t>172.500,00</t>
+        </is>
+      </c>
+      <c r="F279" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159923", "16610")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159923", " CAMINHÃO VW./BMB 31.320 CNC CM, ANO 2011/2012, BRANCA , FR360454, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>94</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159888", "16611")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159888", " CAMINHÃO VW/15.180 EURO3 WORKER , ANO 2010/2010, BRANCA, FR91240, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159926", "16612")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159926", " CAMINHÃO VW/31.320 CNC, 6X4, ANO 2010/2010, BRANCA, FR81493, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t>171.500,00</t>
+        </is>
+      </c>
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159916", "16613")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159916", " CAMINHÃO VW/31.320 CNC 6X4, ANO 2010/2010, BRANCA , FR81496, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t>155.500,00</t>
+        </is>
+      </c>
+      <c r="F283" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159917", "16614")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159917", " CAMINHÃO VW/31.320 CNC 6X4, ANO 2010/2010, BRANCA , FR81492, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D284" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t>171.000,00</t>
+        </is>
+      </c>
+      <c r="F284" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159924", "16615")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159924", " TRATOR VALTRA BT190, S/FR, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t>120.500,00</t>
+        </is>
+      </c>
+      <c r="F285" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159921", "16616")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159921", " 02 MOTOBOMBA , FR81820, LOC.UNIVALEM ")</f>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D286" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F286" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159891", "16617")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159891", " TRATOR VALTRA BT190,ANO 2013,  FR81750, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D287" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t>103.500,00</t>
+        </is>
+      </c>
+      <c r="F287" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159895", "16618")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159895", " TRATOR, S/FR, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C288" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D288" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F288" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159913", "16619")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159913", " 02 HIDROROLL, S/FR, LOC.UNIVALEM ")</f>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D289" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F289" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159879", "16620")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159879", " CAMINHÃO VW.31.320 CNC 6X4, ANO 2011/2012, BRANCA, FR81303, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C290" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D290" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t>172.000,00</t>
+        </is>
+      </c>
+      <c r="F290" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159893", "16621")</f>
+      </c>
+      <c r="B291" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159893", " DOLLY , ( VENDA S/ DOCUMENTO ) FR98019, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C291" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D291" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F291" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
+      <c r="A292" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160462", "16622")</f>
+      </c>
+      <c r="B292" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160462", "DOLLY , ( VENDA S/ DOCUMENTO ), FR91925, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C292" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D292" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F292" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159872", "16623")</f>
+      </c>
+      <c r="B293" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159872", " DOLLY , ( VENDA S/ DOCUMENTO ) FR91922, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C293" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D293" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F293" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159878", "16624")</f>
+      </c>
+      <c r="B294" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159878", " ROÇADEIRA, FR91767, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C294" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D294" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F294" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159900", "16625")</f>
+      </c>
+      <c r="B295" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159900", " CAMINHÃO M.BENZ/AXOR 3344S 6X4, ANO 2014/2014, BRANCO. -  FR10621, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C295" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D295" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F295" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159873", "16626")</f>
+      </c>
+      <c r="B296" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159873", " TRATOR VALTRA, BH210, ANO 2014,  FR91395, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C296" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D296" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E296" s="5" t="inlineStr">
+        <is>
+          <t>157.000,00</t>
+        </is>
+      </c>
+      <c r="F296" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
+      <c r="A297" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159877", "16627")</f>
+      </c>
+      <c r="B297" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159877", " CAMINHÃO VW/15.190 WORKER, ANO 2014/2014, BRANCO. - FR91350, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C297" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D297" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t>86.000,00</t>
+        </is>
+      </c>
+      <c r="F297" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
+      <c r="A298" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159899", "16628")</f>
+      </c>
+      <c r="B298" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159899", " TRATOR VALTRA BH210, ANO 2014,  FR91358, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C298" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D298" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E298" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F298" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
+      <c r="A299" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159903", "16629")</f>
+      </c>
+      <c r="B299" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159903", " MOTOBOMBA, FR91816, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C299" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D299" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E299" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F299" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159880", "16630")</f>
+      </c>
+      <c r="B300" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159880", " TRATOR VALTRA BH210, ANO 2014,  FR91387, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C300" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D300" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t>126.000,00</t>
+        </is>
+      </c>
+      <c r="F300" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
+      <c r="A301" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159908", "16631")</f>
+      </c>
+      <c r="B301" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159908", " COLHEDORA J.DEERE, ANO 2012,  FR81725, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C301" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D301" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E301" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F301" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
+      <c r="A302" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159886", "16632")</f>
+      </c>
+      <c r="B302" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159886", " TRATOR VALTRA BH210, ANO 2014, FR91379, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C302" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D302" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F302" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
+      <c r="A303" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159889", "16633")</f>
+      </c>
+      <c r="B303" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159889", " TRATOR VALTRA BH210, ANO 2014, 91226, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C303" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D303" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t>119.000,00</t>
+        </is>
+      </c>
+      <c r="F303" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
+      <c r="A304" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159918", "16634")</f>
+      </c>
+      <c r="B304" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159918", " CAMINHÃO VW.31320 CNC 6X4, ANO 2010/2010, BRANCA, FR91237, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C304" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D304" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F304" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
+      <c r="A305" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159875", "16635")</f>
+      </c>
+      <c r="B305" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159875", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2011/2012, BRANCA, FR119922/121851, LOC. DESTIVALE")</f>
+      </c>
+      <c r="C305" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D305" s="4" t="inlineStr">
+        <is>
+          <t>144</t>
+        </is>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F305" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
+      <c r="A306" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159876", "16636")</f>
+      </c>
+      <c r="B306" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159876", " REBOQUE FNV- FRUEHAUF RCR, ANO 1992/1992, AZUL, FR91138, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C306" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D306" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F306" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
+      <c r="A307" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159904", "16637")</f>
+      </c>
+      <c r="B307" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159904", " GRADE, FR91745, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C307" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D307" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E307" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F307" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159892", "16638")</f>
+      </c>
+      <c r="B308" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159892", " CARRETA TORTA, FR91815, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C308" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D308" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F308" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159898", "16639")</f>
+      </c>
+      <c r="B309" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159898", " CARRETA TRANS. TUBO, FR91808, PATR. 080095, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C309" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D309" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F309" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159907", "16640")</f>
+      </c>
+      <c r="B310" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159907", " GRADE, FR91755, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C310" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D310" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F310" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159887", "16641")</f>
+      </c>
+      <c r="B311" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159887", " TRATOR VALTRA BH210, ANO 2014,  FR81519, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C311" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D311" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E311" s="5" t="inlineStr">
+        <is>
+          <t>120.500,00</t>
+        </is>
+      </c>
+      <c r="F311" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159894", "16642")</f>
+      </c>
+      <c r="B312" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159894", " TRATOR M. FURGUNSON 275, ANO 1993,  FR49372, LOC. DESTIVALE")</f>
+      </c>
+      <c r="C312" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D312" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F312" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159881", "16643")</f>
+      </c>
+      <c r="B313" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159881", " TRATOR VALTRA BH210, ANO 2014,  FR91384, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C313" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D313" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F313" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159910", "16644")</f>
+      </c>
+      <c r="B314" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159910", " TRATOR VALTRA BH210, ANO 2014, FR91382, LOC. DESTIVALE ")</f>
+      </c>
+      <c r="C314" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D314" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t>113.000,00</t>
+        </is>
+      </c>
+      <c r="F314" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159909", "16645")</f>
+      </c>
+      <c r="B315" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159909", " TRATOR J. DEREE 7225, ANO 2012,  FR23238, LOC. DESTIVALE")</f>
+      </c>
+      <c r="C315" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D315" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F315" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160547", "17320")</f>
+      </c>
+      <c r="B316" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160547", " Venda por KILO Sucata Valvula 10 Ton. Aprox Venda por Kilo. - S/FR. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C316" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D316" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F316" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161429", "17322")</f>
+      </c>
+      <c r="B317" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161429", " 50 Telhas Zinco, 1 Banco cimento, 15 Aprox.  Vasos/Lavatorio/Coluna Sucateado. - S/FR. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C317" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D317" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F317" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160552", "17326")</f>
+      </c>
+      <c r="B318" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160552", " CAMINHÃO MERCEDES BENZ AXOR 3344S 6x4 CAV. ANO 2012/2012, BRANCO - FR.362096. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C318" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D318" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F318" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160542", "17336")</f>
+      </c>
+      <c r="B319" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160542", " Transbordo ATA 12000 12T, ANO 2012. - FR.47071. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C319" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D319" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F319" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160544", "17337")</f>
+      </c>
+      <c r="B320" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160544", " Transbordo ATA 12000 12T, ANO 2012. - FR.47064. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C320" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D320" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F320" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160546", "17338")</f>
+      </c>
+      <c r="B321" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160546", " Transbordo ATA 12T, ANO 2013. - FR.47086. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C321" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D321" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F321" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160550", "17343")</f>
+      </c>
+      <c r="B322" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160550", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2012/2012, AZUL. - FR.46921. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C322" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D322" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F322" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160548", "17344")</f>
+      </c>
+      <c r="B323" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160548", " SEMI - Reboque  Randon SRCA CA 12,50 M, ANO 2012/2013, CINZA. - FR.70815. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C323" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D323" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F323" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160554", "17345")</f>
+      </c>
+      <c r="B324" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160554", " SEMI - Reboque Usicamp SRCP E2 10000, 12,50 M, ANO 2008/2008, AZUL. - FR.46858. - LOC. IPAUSSU/SP")</f>
+      </c>
+      <c r="C324" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D324" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F324" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
+      <c r="A325" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160545", "17346")</f>
+      </c>
+      <c r="B325" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160545", " Reboque  Randon RQ CA 12,50 M, ANO 2012/2013, CINZA. - FR.46961. - LOC. IPAUSSU/SP ")</f>
+      </c>
+      <c r="C325" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D325" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F325" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
+      <c r="A326" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160549", "17347")</f>
+      </c>
+      <c r="B326" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160549", " Reboque  Randon RQ CA 12,50 M, ANO 2012/2013, CINZA. - FR.70838. OBS. ( (SINISTRO DE MEDIA MONTA)  - LOC. IPAUSSU/SP ")</f>
+      </c>
+      <c r="C326" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D326" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F326" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
+      <c r="A327" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160543", "17348")</f>
+      </c>
+      <c r="B327" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160543", "Reboque  Randon RQ CA 12,50 M, ANO 2010/2010, AZUL. -FR.46870. ( SINISTRO/RECUPERADO)  - LOC. IPAUSSU/SP ")</f>
+      </c>
+      <c r="C327" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D327" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F327" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
+      <c r="A328" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160555", "17350")</f>
+      </c>
+      <c r="B328" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160555", " Reboque  Randon RQ CA 12,50 M, ANO 2010/2010, AZUL. - FR.46891. ( SINISTRADO/RECUPERADO)  - LOC. IPAUSSU/SP ")</f>
+      </c>
+      <c r="C328" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D328" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F328" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
+      <c r="A329" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160627", "17530")</f>
+      </c>
+      <c r="B329" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160627", "TRATOR DE ESTEIRA CAT D6N, ANO 2011, COM MOTOR TRAVADO/DESMONTADO, LOCALIZADO EM IPAUSSU")</f>
+      </c>
+      <c r="C329" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D329" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t>192.000,00</t>
+        </is>
+      </c>
+      <c r="F329" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
+      <c r="A330" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160577", "18112")</f>
+      </c>
+      <c r="B330" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160577", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164401, LOC. JATAI ")</f>
+      </c>
+      <c r="C330" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D330" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F330" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
+      <c r="A331" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160602", "18113")</f>
+      </c>
+      <c r="B331" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160602", "SUCATA DE RODAS, S/FR, LOC. JATAI ")</f>
+      </c>
+      <c r="C331" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D331" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E331" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F331" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
+      <c r="A332" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161434", "18122")</f>
+      </c>
+      <c r="B332" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161434", "CAMINHÃO VW. 26-280 CRM 6X4, ANO 2012/2013, BRANCO. - FR163202, LOC. JATAI")</f>
+      </c>
+      <c r="C332" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D332" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t>160.500,00</t>
+        </is>
+      </c>
+      <c r="F332" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
+      <c r="A333" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160560", "18125")</f>
+      </c>
+      <c r="B333" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160560", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164181, LOC. JATAI ")</f>
+      </c>
+      <c r="C333" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D333" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F333" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
+      <c r="A334" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160575", "18126")</f>
+      </c>
+      <c r="B334" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160575", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164431, LOC. JATAI ")</f>
+      </c>
+      <c r="C334" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D334" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F334" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
+      <c r="A335" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160574", "18127")</f>
+      </c>
+      <c r="B335" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160574", " S.REBOQUE RANDON SRCA CA, ANO 2012/2012, AZUL , FR10914,  (VENDA SEM SAPATA HIDRÁULICA), LOC. JATAI ")</f>
+      </c>
+      <c r="C335" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D335" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E335" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F335" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
+      <c r="A336" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160578", "18128")</f>
+      </c>
+      <c r="B336" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160578", " S.REBOQUE RANDON SRCA CA , ANO 2008/2008, AZUL, FR91186,  (VENDA SEM SAPATA HIDRÁULICA), LOC. JATAI ")</f>
+      </c>
+      <c r="C336" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D336" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E336" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F336" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
+      <c r="A337" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160579", "18129")</f>
+      </c>
+      <c r="B337" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160579", " REBOQUE RANDONSP RQ CA, ANO 2013/2014, CINZA, FR121609, LOC. JATAI ")</f>
+      </c>
+      <c r="C337" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D337" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E337" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F337" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
+      <c r="A338" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160580", "18130")</f>
+      </c>
+      <c r="B338" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160580", " S.REBOQUE RANDON SRCA CA, ANO 2008/2008, AZUL, FR96237, (VENDA SEM SAPATA HIDRÁULICA)LOC. JATAI ")</f>
+      </c>
+      <c r="C338" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D338" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E338" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F338" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
+      <c r="A339" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160581", "18131")</f>
+      </c>
+      <c r="B339" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160581", " REBOQUE SOUFER CA 4E, ANO 2012/2012, CINZA, FR164403, LOC. JATAI ")</f>
+      </c>
+      <c r="C339" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D339" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E339" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F339" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
+      <c r="A340" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160582", "18132")</f>
+      </c>
+      <c r="B340" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160582", " S.REBOQUE RANDONSP SRCA CA, ANO 2011/2011, AZUL, FR164133, LOC. JATAI ")</f>
+      </c>
+      <c r="C340" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D340" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E340" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F340" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
+      <c r="A341" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177712", "18150")</f>
+      </c>
+      <c r="B341" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/177712", "DE SUCATA DE TUBOS DE ALUMINIO AMASSADOS, LOCALIZADOS EM JATAI, GOIAS, PESO ESTIMADO 20 TON  ( VENDA POR KILO ) LOC. JATAI /GO")</f>
+      </c>
+      <c r="C341" s="4" t="inlineStr">
+        <is>
+          <t>Aguardando</t>
+        </is>
+      </c>
+      <c r="D341" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E341" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F341" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
+      <c r="A342" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159782", "20534")</f>
+      </c>
+      <c r="B342" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159782", " REBOQUE RANDONSP RQ CA, ANO 2012/2012, AZUL, FR36294, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C342" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D342" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E342" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F342" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
+      <c r="A343" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159847", "20581")</f>
+      </c>
+      <c r="B343" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159847", "ENXADA HOWARD ENGUNERING LIMITED ROTATIVA , ANO 2013, FR57323, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C343" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D343" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E343" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F343" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
+      <c r="A344" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159807", "20616")</f>
+      </c>
+      <c r="B344" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159807", " REBOQUE ANTONINI, ANO 1991/1991, AZUL, FR56141, (Necessário Remarcação do Chassi) LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C344" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D344" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E344" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F344" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
+      <c r="A345" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159781", "20622")</f>
+      </c>
+      <c r="B345" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159781", " CAMINHÃO M.BENZ/L, 1313, ANO 1981/1981, BRANCA , FR58602, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C345" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D345" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F345" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
+      <c r="A346" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159832", "20628")</f>
+      </c>
+      <c r="B346" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159832", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, FR139928, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C346" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D346" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E346" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F346" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
+      <c r="A347" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159839", "20629")</f>
+      </c>
+      <c r="B347" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159839", " S. REBOQUE RANDON SRCA CA, ANO 2008/2008, AZUL, FR139667, OBS.(REMARCAÇAO DE CHASSI) LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C347" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D347" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E347" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F347" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
+      <c r="A348" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159816", "20646")</f>
+      </c>
+      <c r="B348" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159816", " CARRETA TRANSPORTADORA TUBOS, FR67143, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C348" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D348" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F348" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
+      <c r="A349" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159793", "20647")</f>
+      </c>
+      <c r="B349" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159793", "TRITURADOR CANA TRC VICON, FR25280, LOC. BOM RETIRO")</f>
+      </c>
+      <c r="C349" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D349" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F349" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
+      <c r="A350" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159856", "20648")</f>
+      </c>
+      <c r="B350" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159856", " CARRETA TRANSPORTADORA TUBOS, FR67141, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C350" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D350" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F350" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159799", "20649")</f>
+      </c>
+      <c r="B351" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159799", " CARRETA TRANSPORTADORA TUBOS RAESA, FR139957, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C351" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D351" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E351" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F351" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
+      <c r="A352" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159826", "20654")</f>
+      </c>
+      <c r="B352" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159826", " CAMINHÃO M.BENZ/AXOR 3344S 6X4, ANO 2014/2014, BRANCA, FR10634, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C352" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D352" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E352" s="5" t="inlineStr">
+        <is>
+          <t>154.000,00</t>
+        </is>
+      </c>
+      <c r="F352" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159850", "20655")</f>
+      </c>
+      <c r="B353" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159850", " CAMINHÃO M.BENZ/ AXOR 3344S 6X4, ANO 2014/2014, BRANCA, FR362087, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C353" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D353" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E353" s="5" t="inlineStr">
+        <is>
+          <t>139.000,00</t>
+        </is>
+      </c>
+      <c r="F353" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159833", "20656")</f>
+      </c>
+      <c r="B354" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159833", " CAMINHÃO M.BENZ/ AXOR 3344S 6X4, ANO 2014/2014, BRANCA, FR362095, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C354" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D354" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E354" s="5" t="inlineStr">
+        <is>
+          <t>151.000,00</t>
+        </is>
+      </c>
+      <c r="F354" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
+      <c r="A355" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160570", "20659")</f>
+      </c>
+      <c r="B355" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160570", " REBOQUE RANDON 4E 12,5M TOMBO DIREITO, 2010/2011, FR36271, LOC. BOM RETIRO")</f>
+      </c>
+      <c r="C355" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D355" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E355" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F355" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
+      <c r="A356" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159862", "20660")</f>
+      </c>
+      <c r="B356" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159862", " CARRETA DISTRIBUIDORA DE TORTA SPANDER, ANO 2011,   FR139939, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C356" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D356" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E356" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F356" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
+      <c r="A357" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160932", "20662")</f>
+      </c>
+      <c r="B357" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160932", "GUINCHO ELETRICO COM MOTOR, FR60543 - 60542, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C357" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D357" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F357" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
+      <c r="A358" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161435", "20666")</f>
+      </c>
+      <c r="B358" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161435", "PA-CARREGADORA VOLVO L90D – ANO 2001 - FR139538, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C358" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D358" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E358" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F358" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
+      <c r="A359" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160930", "20666.10")</f>
+      </c>
+      <c r="B359" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160930", "GUINCHO ELÉTRICO CABO AÇO, SF./, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C359" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D359" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E359" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F359" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
+      <c r="A360" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160934", "20667")</f>
+      </c>
+      <c r="B360" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160934", "LOTE DE MOBILIARIO E SUCATA ELETRICA- APROXIMADAMENTE- 10 ARMARIOS DE ACO - 30 SUCATA DE CADEIRAS DIVERSAS I MESA PIMBOLIM E 2 MESAS DE DAMAS E CARTAS - 2 IBCS SUCATA ELETRICA E ELETRONICA , S/ FR., LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C360" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D360" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E360" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F360" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
+      <c r="A361" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160933", "20668")</f>
+      </c>
+      <c r="B361" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160933", "TANQUE DESCARTE OLEO 4000LTS, S/ FR, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C361" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D361" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F361" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
+      <c r="A362" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160935", "20669")</f>
+      </c>
+      <c r="B362" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160935", "LOTE DE MOTORES APROXIMADAMENTE 20 MOTORES DIVERSOS TAMANHOS E POTENCIAS, S/ FR, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C362" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D362" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F362" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
+      <c r="A363" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160929", "20670")</f>
+      </c>
+      <c r="B363" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160929", " LOTE 15 BOMBAS DIVERSOS MODELOS E TAMANHOS- 1 VALVULA E 1 TALHA ELETRICA, 208771-69612-60272-215622-68779, SF./ LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C363" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D363" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E363" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F363" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160931", "20672")</f>
+      </c>
+      <c r="B364" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160931", "LOTE 9 IMPRESSORA TERMICA INTERMEC PB31, PLAQ. 141508-141523-141751-141762-141528-141760-141793-141721-141799, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C364" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D364" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F364" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
+      <c r="A365" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160567", "20682")</f>
+      </c>
+      <c r="B365" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160567", " SEMI-REBOQUE RANDON 12,50M CANA INTEIRA TOMBO DIREITO, ANO 2008/2008, AZUL. -  LOC. LOC. BOM RETIRO")</f>
+      </c>
+      <c r="C365" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D365" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E365" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F365" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159851", "20685")</f>
+      </c>
+      <c r="B366" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159851", " S. REBOQUE RANDON SRCA CA, ANO 2008/2008, AZUL , FR66183, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C366" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D366" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E366" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F366" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160603", "20691")</f>
+      </c>
+      <c r="B367" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160603", " TANQUE DE METAL , SF./ LOC. LEME / SP ")</f>
+      </c>
+      <c r="C367" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D367" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E367" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F367" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
+      <c r="A368" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159863", "20694")</f>
+      </c>
+      <c r="B368" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159863", " REBOQUE RANDONSP RQ CA, ANO 2010/2011, AZUL , FR66183, ( FALT. EIXOS E MOLAS ) , LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C368" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D368" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E368" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F368" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
+      <c r="A369" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160557", "20700")</f>
+      </c>
+      <c r="B369" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160557", "CAMINHAO VW. 26-220 6X4 COM TANQUE, ANO 2010/2010, BRANCO. - (FR26028/ FR22125)   LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C369" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D369" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E369" s="5" t="inlineStr">
+        <is>
+          <t>147.000,00</t>
+        </is>
+      </c>
+      <c r="F369" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
+      <c r="A370" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161431", "20706")</f>
+      </c>
+      <c r="B370" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161431", " BOMBA CENTRIFUGA MCA IMBIL MOD ISM.G 100X35 ANO 2011 80M3/H - BOMBA NR 01 CIRCULACAO NPK, PLAQ. 40077-0, MEL_WEG_30CV_180M_1765RPM ANO 2005,   LOC. LEME ")</f>
+      </c>
+      <c r="C370" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D370" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E370" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F370" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
+      <c r="A371" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160667", "20999")</f>
+      </c>
+      <c r="B371" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160667", "LOTE CONTENDO 109 ENGATES RAPIDO DE CARRETA - TECNORTE, LOCALIZAÇÃO BARRA")</f>
+      </c>
+      <c r="C371" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D371" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E371" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F371" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
+      <c r="A372" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161528", "25100")</f>
+      </c>
+      <c r="B372" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161528", "LOTE CONTENDO 189 ITENS, OBS: LOCALIZADO EM DIV. UNIDADES VEJA RELAÇÃO ABAIXO")</f>
+      </c>
+      <c r="C372" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D372" s="4" t="inlineStr">
+        <is>
+          <t>252</t>
+        </is>
+      </c>
+      <c r="E372" s="5" t="inlineStr">
+        <is>
+          <t>306.500,00</t>
+        </is>
+      </c>
+      <c r="F372" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
+      <c r="A373" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161653", "25101")</f>
+      </c>
+      <c r="B373" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161653", " 2113 ITENS DIVERSOS, LOTE DE MOBILIARIOS,  VEJA DESCRITIVO DE ITENS, LOC.OSASCO/SP  ")</f>
+      </c>
+      <c r="C373" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D373" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E373" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F373" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
+      <c r="A374" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159993", "30000")</f>
+      </c>
+      <c r="B374" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159993", " 02 MAQUINAS DE REPARO PNEU C/02 SUPORTE DE PROTEÇÃO E 02 BORRACHOES,FR065846, LOC. BARRA BONITA ")</f>
+      </c>
+      <c r="C374" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D374" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E374" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F374" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159999", "30001")</f>
+      </c>
+      <c r="B375" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159999", " 01 MAQUINA DE SOLDA, SUCATA DE MOTORES ELETRO/ELTRONICO, APROX. 100 UNDS, LOC. BARRA  BONITA ")</f>
+      </c>
+      <c r="C375" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D375" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E375" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F375" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160003", "30002")</f>
+      </c>
+      <c r="B376" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160003", " TANQUE DE FIBRA APROX. 17.000 LTS., LOC. BARRA BONITA ")</f>
+      </c>
+      <c r="C376" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D376" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E376" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F376" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
+      <c r="A377" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159997", "30003")</f>
+      </c>
+      <c r="B377" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159997", " TANQUE FIBRA, APROX. 30.000 LTS., LOC. BARRA BONITA ")</f>
+      </c>
+      <c r="C377" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D377" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E377" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F377" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
+      <c r="A378" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159995", "30004")</f>
+      </c>
+      <c r="B378" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159995", " TANQUE DE FIBRA APROX. 30.000 LTS., LOC. BARRA BONITA ")</f>
+      </c>
+      <c r="C378" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D378" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E378" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F378" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
+      <c r="A379" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159996", "30005")</f>
+      </c>
+      <c r="B379" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159996", " EQUIPAMENTO INDUSTRIAL, FR196566, LOC. BARRA BONITA ")</f>
+      </c>
+      <c r="C379" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D379" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E379" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F379" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
+      <c r="A380" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160005", "30006")</f>
+      </c>
+      <c r="B380" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160005", " 02 ROSCAS DE INOX COM REDUTOR, 4 MTS., LOC. BARRA BONITA ")</f>
+      </c>
+      <c r="C380" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D380" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E380" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F380" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
+      <c r="A381" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160020", "30007")</f>
+      </c>
+      <c r="B381" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160020", " TRATOR VALTRA BH 210 , ANO 2014,  FR116532, LOC. PARAISO ")</f>
+      </c>
+      <c r="C381" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D381" s="4" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="E381" s="5" t="inlineStr">
+        <is>
+          <t>165.500,00</t>
+        </is>
+      </c>
+      <c r="F381" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
+      <c r="A382" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160006", "30008")</f>
+      </c>
+      <c r="B382" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160006", " SUCATA DE FAQUINHAS E FAÇÕES, VENDA POR KG, APROX. 2 TON., ( A CAÇAMBA NÃO FAZ PARTE DO LOTE )  LOC. PARAISO ")</f>
+      </c>
+      <c r="C382" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D382" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E382" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F382" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
+      <c r="A383" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159998", "30009")</f>
+      </c>
+      <c r="B383" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159998", " SUCATA DE TUBO DE EVAPORAÇÃO, VENDA POR KG., APROX. 10 TON., LOC. PARAISO ")</f>
+      </c>
+      <c r="C383" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D383" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E383" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F383" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
+      <c r="A384" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159992", "30010")</f>
+      </c>
+      <c r="B384" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159992", " MAQUINA DE COSTURA, SISTEMA DE ENSACAR 50KG DE AÇUCAR, BALANÇAS E ESTEIRAS TOLEDO, 03 CONJ., LOC. PARAISO ")</f>
+      </c>
+      <c r="C384" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D384" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E384" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F384" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
+      <c r="A385" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160013", "30011")</f>
+      </c>
+      <c r="B385" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160013", " DETECTOR DE METAL E ESTEIRA, FR244946/244947, LOC. PARAISO ")</f>
+      </c>
+      <c r="C385" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D385" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E385" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F385" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
+      <c r="A386" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160018", "30012")</f>
+      </c>
+      <c r="B386" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160018", " S. REBOQUE RANDON SR CA, ANO 2007/2007, AZUL, FR91177,  ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C386" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D386" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E386" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F386" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
+      <c r="A387" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160000", "30013")</f>
+      </c>
+      <c r="B387" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160000", " REBOQUE RANDONSP RQ CA, ANO 2010/2011, AZUL ,FR121479, LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C387" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D387" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E387" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F387" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
+      <c r="A388" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159994", "30014")</f>
+      </c>
+      <c r="B388" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159994", " REBOQUE RANDONSP RQ CA, ANO 2010/2011, AZUL ,FR70383, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C388" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D388" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E388" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F388" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
+      <c r="A389" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160010", "30015")</f>
+      </c>
+      <c r="B389" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160010", " S.REBOQUE RANDONSP SRCA CA, ANO 2012/2012, AZUL, FR70391, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C389" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D389" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E389" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F389" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
+      <c r="A390" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160007", "30016")</f>
+      </c>
+      <c r="B390" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160007", " S. REBOQUE RANDON SR CA, ANO 2007/2007, AZUL , FR96210, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C390" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D390" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E390" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F390" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
+      <c r="A391" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160027", "30017")</f>
+      </c>
+      <c r="B391" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160027", " S. REBOQUE RANDON SRCA, ANO 2008/2008, AZUL , FR92250, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C391" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D391" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E391" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F391" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
+      <c r="A392" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160025", "30018")</f>
+      </c>
+      <c r="B392" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160025", " S. REBOQUE RANDON SRCA, ANO 2008/2008, AZUL , FR88633, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C392" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D392" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F392" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
+      <c r="A393" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160008", "30019")</f>
+      </c>
+      <c r="B393" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160008", " S. REBOQUE RANDON SRCA CA, ANO 2008/2008, AZUL , FR96245, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C393" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D393" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E393" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F393" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
+      <c r="A394" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160009", "30020")</f>
+      </c>
+      <c r="B394" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160009", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR70359, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C394" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D394" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E394" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F394" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
+      <c r="A395" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160004", "30021")</f>
+      </c>
+      <c r="B395" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160004", " S. REBOQUE RANDON SR CA, ANO 2007/2007, AZUL , FR91175, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C395" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D395" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E395" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F395" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
+      <c r="A396" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160016", "30022")</f>
+      </c>
+      <c r="B396" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160016", " S. REBOQUE RANDON SR CA, ANO 2007/2007, AZUL, FR91166, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C396" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D396" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E396" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F396" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
+      <c r="A397" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160002", "30023")</f>
+      </c>
+      <c r="B397" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160002", " S. REBOQUE RANDON SR CA, ANO 2007/2007, AZUL, FR121391, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C397" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D397" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E397" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F397" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
+      <c r="A398" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160022", "30024")</f>
+      </c>
+      <c r="B398" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160022", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR96740, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C398" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D398" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E398" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F398" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
+      <c r="A399" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160026", "30025")</f>
+      </c>
+      <c r="B399" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160026", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR70365, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C399" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D399" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E399" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F399" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
+      <c r="A400" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160024", "30026")</f>
+      </c>
+      <c r="B400" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160024", " S.REBOQUE RANDON SR CA, ANO 2007/2007, AZUL, FR96185, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C400" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D400" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E400" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F400" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
+      <c r="A401" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160012", "30028")</f>
+      </c>
+      <c r="B401" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160012", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR46866, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C401" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D401" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E401" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F401" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
+      <c r="A402" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160019", "30029")</f>
+      </c>
+      <c r="B402" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160019", " S. REBOUQE SR CA, ANO 2007/2007, AZUL, FR96198, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C402" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D402" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E402" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F402" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
+      <c r="A403" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160017", "30030")</f>
+      </c>
+      <c r="B403" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160017", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR46882, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C403" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D403" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E403" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F403" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
+      <c r="A404" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160011", "30031")</f>
+      </c>
+      <c r="B404" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160011", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR46881, ( VENDA SEM RODAS E SEM PNEUS),  LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C404" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D404" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E404" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F404" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
+      <c r="A405" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160014", "30032")</f>
+      </c>
+      <c r="B405" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160014", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL, FR96790,  ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C405" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D405" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E405" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F405" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
+      <c r="A406" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160023", "30033")</f>
+      </c>
+      <c r="B406" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160023", " REBOQUE RANDONSP RQ CA, ANO 2012/2012, AZUL, FR10902,( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C406" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D406" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E406" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F406" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
+      <c r="A407" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160015", "30034")</f>
+      </c>
+      <c r="B407" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160015", " REBOQUE RANDON RQ CA, ANO 2012/2012, AZUL , FR10903, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C407" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D407" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E407" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F407" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
+      <c r="A408" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160021", "30035")</f>
+      </c>
+      <c r="B408" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160021", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL , FR96826, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C408" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D408" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E408" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F408" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
+      <c r="A409" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160028", "30036")</f>
+      </c>
+      <c r="B409" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160028", " REBOQUE RANDONSP RQ CA, ANO 2010/2010, AZUL , FR96791, ( VENDA SEM RODAS E SEM PNEUS), LOC. SANTA CANDIDA ")</f>
+      </c>
+      <c r="C409" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D409" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E409" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F409" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
+      <c r="A410" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159772", "30037")</f>
+      </c>
+      <c r="B410" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159772", " COLHEDORA J. DEERE 3522, ANO 2012, FR139516, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C410" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D410" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E410" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F410" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
+      <c r="A411" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159773", "30038")</f>
+      </c>
+      <c r="B411" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159773", " CAMINHÃO M.BENZ/ AXOR 3344S, 6X4, ANO 2014/2014, BRANCA, FR362065, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C411" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D411" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E411" s="5" t="inlineStr">
+        <is>
+          <t>104.000,00</t>
+        </is>
+      </c>
+      <c r="F411" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
+      <c r="A412" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159778", "30039")</f>
+      </c>
+      <c r="B412" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159778", " SOPRADORA DE FILTRO DE AR, FR268101, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C412" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D412" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E412" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F412" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
+      <c r="A413" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159794", "30040")</f>
+      </c>
+      <c r="B413" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159794", " CARRETA ESP. CALCARIO SOLLUS, FR7239, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C413" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D413" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E413" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F413" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
+      <c r="A414" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159780", "30041")</f>
+      </c>
+      <c r="B414" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159780", " CARRETA  SOLLUS DIST. DE TORTA FILTRO, FR57309, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C414" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D414" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E414" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F414" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
+      <c r="A415" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159774", "30042")</f>
+      </c>
+      <c r="B415" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159774", " CULTIVADOR DE CANA , 2 LINHAS, FR139751, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C415" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D415" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E415" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F415" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
+      <c r="A416" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159779", "30043")</f>
+      </c>
+      <c r="B416" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159779", " CULTIVADOR DE CANA , 2 LINHAS, FR139754, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C416" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D416" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E416" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F416" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
+      <c r="A417" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159810", "30044")</f>
+      </c>
+      <c r="B417" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159810", " CULTIVADOR DE CANA , 2 LINHAS, FR57214, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C417" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D417" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E417" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F417" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
+      <c r="A418" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159775", "30045")</f>
+      </c>
+      <c r="B418" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159775", " CAMINHÃO M.BENZ/ AXOR 3344S 6X4, ANO 2015/2015, BRANCA, FR58640, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C418" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D418" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E418" s="5" t="inlineStr">
+        <is>
+          <t>181.000,00</t>
+        </is>
+      </c>
+      <c r="F418" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
+      <c r="A419" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159787", "30046")</f>
+      </c>
+      <c r="B419" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159787", " CAMINHÃO M.BENZ/AXOR 3344S, 6X4, ANO 2014/2014, BRANCA, FR10639, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C419" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D419" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E419" s="5" t="inlineStr">
+        <is>
+          <t>181.000,00</t>
+        </is>
+      </c>
+      <c r="F419" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
+      <c r="A420" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159840", "30049")</f>
+      </c>
+      <c r="B420" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159840", " CAMINHÃO VW/31320 CNC 6X4, ANO 2011/2012, BRANCA, TRASNBORDO CARROC. STA ISABEL 6T, FR139287/26049, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C420" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D420" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E420" s="5" t="inlineStr">
+        <is>
+          <t>147.000,00</t>
+        </is>
+      </c>
+      <c r="F420" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
+      <c r="A421" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159849", "30051")</f>
+      </c>
+      <c r="B421" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159849", " CAMINHÃO M.BENZ/L 2219, ANO 1984/1984, BRANCA, FR52477, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C421" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D421" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E421" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F421" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
+      <c r="A422" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159858", "30052")</f>
+      </c>
+      <c r="B422" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159858", " ONIBUS M.BENZ/OF 1318, ANO 1993/1993, BRANCA, FR139206, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C422" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D422" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E422" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F422" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
+      <c r="A423" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159829", "30054")</f>
+      </c>
+      <c r="B423" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159829", " REBOQUE SOUFER CA 2E, ANO 2012/2012, CINZA , FR112329, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C423" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D423" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E423" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F423" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
+      <c r="A424" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159845", "30055")</f>
+      </c>
+      <c r="B424" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159845", "ÔNIBUS M.BENZ/OF 1315, ANO 1991/1991, AZUL, FR139295,LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C424" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D424" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E424" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F424" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
+      <c r="A425" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159822", "30056")</f>
+      </c>
+      <c r="B425" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159822", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2010/2010, BRANCA, FR139281, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C425" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D425" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E425" s="5" t="inlineStr">
+        <is>
+          <t>144.500,00</t>
+        </is>
+      </c>
+      <c r="F425" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
+      <c r="A426" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159844", "30057")</f>
+      </c>
+      <c r="B426" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159844", " CAMINHÃO VW/31.320 CNC 6X4, ANO 2010/2010, BRANCA, FR34103, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C426" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D426" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E426" s="5" t="inlineStr">
+        <is>
+          <t>156.500,00</t>
+        </is>
+      </c>
+      <c r="F426" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
+      <c r="A427" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159830", "30058")</f>
+      </c>
+      <c r="B427" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159830", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2010/2010, BRANCA, FR52490, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C427" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D427" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E427" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="F427" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
+      <c r="A428" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159860", "30063")</f>
+      </c>
+      <c r="B428" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159860", "CARRETA ABRIGO OPERAD. RSA, ANO 2012, AZUL , FR139434, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C428" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D428" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E428" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F428" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
+      <c r="A429" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159857", "30065")</f>
+      </c>
+      <c r="B429" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159857", " ONIBUS M.BENZ OF 1620, ANO 1995/1996, VERDE , FR139216, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C429" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D429" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E429" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F429" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
+      <c r="A430" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159853", "30067")</f>
+      </c>
+      <c r="B430" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159853", "CARRETA ABRIGO OPERAD.RSA SOUFER CFE 2E, ANO 2012/2012, CINZA, FR139417, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C430" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D430" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E430" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F430" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
+      <c r="A431" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159848", "30069")</f>
+      </c>
+      <c r="B431" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159848", " CARRETA ABRIGO Operad.RSA, ANO 2012,  FR139432, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C431" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D431" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E431" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F431" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
+      <c r="A432" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159855", "30070")</f>
+      </c>
+      <c r="B432" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159855", " PLANTADEIRA SOLLUS FLEX 8080, ANO 2012, FR48213, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C432" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D432" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E432" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F432" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
+      <c r="A433" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159852", "30072")</f>
+      </c>
+      <c r="B433" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159852", " GARRA DE MOENDA , S/FR, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C433" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D433" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E433" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F433" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
+      <c r="A434" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159827", "30073")</f>
+      </c>
+      <c r="B434" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159827", "CARRETA SOLLUS MODELO SPANDER 12 0CHC, ANO 2012, FR57315, LOC. SANTA HELENA ")</f>
+      </c>
+      <c r="C434" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D434" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E434" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F434" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
+      <c r="A435" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159836", "30075")</f>
+      </c>
+      <c r="B435" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159836", " CAMINHÃO VW/15180 EURO3 WORKER, ANO 2010/2010, BRANCA, FR220678, LOC, SANTA HELENA ")</f>
+      </c>
+      <c r="C435" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D435" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E435" s="5" t="inlineStr">
+        <is>
+          <t>114.000,00</t>
+        </is>
+      </c>
+      <c r="F435" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
+      <c r="A436" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159808", "30077")</f>
+      </c>
+      <c r="B436" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159808", " REDUTOR FJA 7001:7,65, LOC. RAFARD")</f>
+      </c>
+      <c r="C436" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D436" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E436" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F436" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
+      <c r="A437" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159776", "30078")</f>
+      </c>
+      <c r="B437" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159776", " BOMBA CENTRIFUGA EQUIP. 300M 3/H, FR139774,  LOC. RAFARD")</f>
+      </c>
+      <c r="C437" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D437" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E437" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F437" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
+      <c r="A438" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159802", "30079")</f>
+      </c>
+      <c r="B438" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159802", " BOMBA CENTRIFUGA EQUIP. 300M 3/H, FR139773, LOC. RAFARD")</f>
+      </c>
+      <c r="C438" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D438" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E438" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F438" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
+      <c r="A439" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159784", "30080")</f>
+      </c>
+      <c r="B439" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159784", " BOMBA CENTRIFUGA EQUIP. 300M 3/H, FR139772, LOC. RAFARD")</f>
+      </c>
+      <c r="C439" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D439" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E439" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F439" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
+      <c r="A440" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159791", "30081")</f>
+      </c>
+      <c r="B440" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159791", "SIST. DESUNID DE AR MUNTERS HCD9000EAPLUS, MUNTERS,PAT.153239/246064, LOC. RAFARD")</f>
+      </c>
+      <c r="C440" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D440" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E440" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F440" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
+      <c r="A441" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159795", "30082")</f>
+      </c>
+      <c r="B441" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159795", " SOPRADOR PALHA  AIR CLIMA   250MMCA, FR71034, LOC. RAFARD")</f>
+      </c>
+      <c r="C441" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D441" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E441" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F441" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
+      <c r="A442" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159809", "30083")</f>
+      </c>
+      <c r="B442" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159809", " LOTE COM 18 SUCATAS DE MOTORES DIVERSOS TAMANHOS E MEDIDAS, LOC. RAFARD")</f>
+      </c>
+      <c r="C442" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D442" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E442" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F442" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
+      <c r="A443" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159804", "30084")</f>
+      </c>
+      <c r="B443" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159804", "LOTE COM APROXIMADAMENTE 35 PEÇAS DIVERSAS DE  VALVULAS, ATUADORES E ROLAMENTOS  DIVERSAS MEDIDA E MODELOS - RAFARD")</f>
+      </c>
+      <c r="C443" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D443" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E443" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F443" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
+      <c r="A444" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159789", "30086")</f>
+      </c>
+      <c r="B444" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159789", "PREPARADOR DE SOLO PENTA LIPOW, FR103497, LOC. RAFARD")</f>
+      </c>
+      <c r="C444" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D444" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E444" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F444" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
+      <c r="A445" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159814", "30087")</f>
+      </c>
+      <c r="B445" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159814", " ELIMINADOR DE SOQUEIRA, FR140065, LOC. RAFARD")</f>
+      </c>
+      <c r="C445" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D445" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E445" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F445" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
+      <c r="A446" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159777", "30088")</f>
+      </c>
+      <c r="B446" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159777", " REBOQUE SOUFER CA 2E, ANO 2012/2012, CINZA, FR113225, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C446" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D446" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E446" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F446" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
+      <c r="A447" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159805", "30089")</f>
+      </c>
+      <c r="B447" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159805", " CAMINHÃO VW/26.220 EURO3 WORKER, ANO 2010/2010, BRANCA, CAÇAMBA METALICA BASCULANTE, FRS52496/37870, LOC BOM RETIRO ")</f>
+      </c>
+      <c r="C447" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D447" s="4" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="E447" s="5" t="inlineStr">
+        <is>
+          <t>156.000,00</t>
+        </is>
+      </c>
+      <c r="F447" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
+      <c r="A448" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159820", "30090")</f>
+      </c>
+      <c r="B448" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159820", " COLHEDORA J.DEERE 3522 2L, ANO 2012,  FR23630, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C448" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D448" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E448" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F448" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
+      <c r="A449" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159800", "30091")</f>
+      </c>
+      <c r="B449" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159800", " REBOQUE /ANTONINI, ANO 1992/1992, AZUL, FR66044, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C449" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D449" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E449" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F449" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...15 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
+      <c r="A450" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159788", "30092")</f>
+      </c>
+      <c r="B450" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159788", " 02 CULTIVADORES, FR67028/39913, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C450" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D450" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E450" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F450" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
+      <c r="A451" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159797", "30093")</f>
+      </c>
+      <c r="B451" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159797", "CULTIVADOR QUEBRA LOMBO (DMB), FR140022, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C451" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D451" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E451" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F451" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
+      <c r="A452" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159792", "30094")</f>
+      </c>
+      <c r="B452" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159792", "CULTIVADOR 2 LINHAS, FR67158, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C452" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D452" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E452" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F452" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
+      <c r="A453" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159801", "30095")</f>
+      </c>
+      <c r="B453" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159801", " MOTO BOMBA, FR139404, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C453" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D453" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E453" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F453" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
+      <c r="A454" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159803", "30096")</f>
+      </c>
+      <c r="B454" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159803", " CARRETA TRANSPORTADORA TUBOS, FR67149, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C454" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D454" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E454" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F454" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
+      <c r="A455" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159796", "30097")</f>
+      </c>
+      <c r="B455" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159796", " CULTIVADOR 2 LINHAS, FR139755, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C455" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D455" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E455" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F455" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
+      <c r="A456" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159823", "30098")</f>
+      </c>
+      <c r="B456" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159823", " CULTIVADOR 2 LINHAS, FR37464, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C456" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D456" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E456" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F456" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
+      <c r="A457" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159790", "30099")</f>
+      </c>
+      <c r="B457" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159790", " CULTIVADOR 2 LINHAS, FR67182, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C457" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D457" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E457" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F457" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
+      <c r="A458" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159819", "30100")</f>
+      </c>
+      <c r="B458" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159819", " CULTIVADOR 2 LINHAS, FR38071, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C458" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D458" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E458" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F458" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
+      <c r="A459" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159828", "30101")</f>
+      </c>
+      <c r="B459" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159828", " CULTIVADOR 2 LINHAS, FR38070, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C459" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D459" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E459" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F459" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
+      <c r="A460" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159811", "30102")</f>
+      </c>
+      <c r="B460" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159811", " CULTIVADOR 2 LINHAS, FR67071,LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C460" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D460" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E460" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F460" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
+      <c r="A461" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159785", "30103")</f>
+      </c>
+      <c r="B461" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159785", " DISTRIBUIDOR TORTA 10M3, 4 LINHAS, FR139939, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C461" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D461" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F461" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
+      <c r="A462" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159842", "30104")</f>
+      </c>
+      <c r="B462" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159842", " CARRETA DE SERVIÇOS DIVERSOS, COR AMARELO, FR57222, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C462" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D462" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E462" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F462" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
+      <c r="A463" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159806", "30105")</f>
+      </c>
+      <c r="B463" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159806", " CARRETINHA SERVIÇOS GERAIS, FR57301, LOC. BOM RETIRO")</f>
+      </c>
+      <c r="C463" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D463" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E463" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F463" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
+      <c r="A464" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159841", "30106")</f>
+      </c>
+      <c r="B464" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159841", " S. REBOQUE RANDONSP SRCA CA, ANO 2010/2011, AZUL, FR36288, LOC. BOM RETIRO")</f>
+      </c>
+      <c r="C464" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D464" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E464" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F464" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
+      <c r="A465" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159824", "30107")</f>
+      </c>
+      <c r="B465" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159824", " MOTOBOMBA COR AMARELA MWM D229/6, COR AMARELA, S/FR, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C465" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D465" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E465" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F465" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
+      <c r="A466" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159818", "30108")</f>
+      </c>
+      <c r="B466" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159818", " TERRACEADOR , FR165242, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C466" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D466" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E466" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F466" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
+      <c r="A467" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159813", "30109")</f>
+      </c>
+      <c r="B467" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159813", " REBOQUE RANDONSP RQ CA, ANO 2013/2014, CINZA, FR22599, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C467" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D467" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E467" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F467" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
+      <c r="A468" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159798", "30110")</f>
+      </c>
+      <c r="B468" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159798", " REBOQUE RANDONSP RQ CA, ANO 2012/2013, CINZA, FR66200, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C468" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D468" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E468" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F468" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
+      <c r="A469" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159846", "30111")</f>
+      </c>
+      <c r="B469" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/159846", " REBOQUE RANDONSP RQ CA, ANO 2014/2014, CINZA, FR56381, LOC. BOM RETIRO ")</f>
+      </c>
+      <c r="C469" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D469" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E469" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F469" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
+      <c r="A470" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161614", "30112")</f>
+      </c>
+      <c r="B470" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161614", "IMPLEMENTO CAÇAMBA POLI, S/FR, LOC, RAFARD")</f>
+      </c>
+      <c r="C470" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D470" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E470" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F470" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
+      <c r="A471" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161612", "30113")</f>
+      </c>
+      <c r="B471" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161612", "TANQUE METALICO ROXO, FR248266, LOC. RAFARD")</f>
+      </c>
+      <c r="C471" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D471" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E471" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F471" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
+      <c r="A472" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161610", "30114")</f>
+      </c>
+      <c r="B472" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161610", "TANQUE METALICO HORIZONTAL , FR248449, LOC. RAFARD")</f>
+      </c>
+      <c r="C472" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D472" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E472" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F472" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
+      <c r="A473" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161613", "30115")</f>
+      </c>
+      <c r="B473" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161613", "COLUNA RECUPERAÇAO GAZES, S/FR, LOC. RAFARD")</f>
+      </c>
+      <c r="C473" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D473" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E473" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F473" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...281 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
+      <c r="A474" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161611", "30118")</f>
+      </c>
+      <c r="B474" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161611", "TANQUE METALICO HORIZONTAL, S/FR, LOC RAFARD")</f>
+      </c>
+      <c r="C474" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D474" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E474" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F474" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...14270 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
-      <c r="A475" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A475" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161615", "30119")</f>
+      </c>
+      <c r="B475" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161615", "HILO , S/FR , LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C475" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D475" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E475" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F475" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>