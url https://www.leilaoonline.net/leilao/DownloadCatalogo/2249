--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161605", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161605", " Caminhão VW 17.250 E 2011/2011 - Compactador Usimeca - Necessário 2 transferências")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161608", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161608", " Caminhão VW 17.250 E 2010/2011 - Compactador Usimeca - Necessário 2 transferências")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161603", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161603", " Caminhão VW 17.250 E 2010/2011 - Compactador Usimeca - Necessário 2 transferências")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161606", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161606", " Caminhão VW 24.280 CRM 6x2 2013/2014 - Necessário 2 transferências")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>116.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161601", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161601", " Caminhão Ford Cargo 1621 2001/2011 - Necessário 2 transferências")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161607", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161607", " Ford F350 G 2010/2010 - S/ Bateria - Freio Baixo - Necessário 2 Transferências")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161609", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161609", " Honda Fusco Cargo 150A 2014/2014")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161604", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161604", " Honda Fusco Cargo 150A 2014/2014")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161602", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161602", " Mini Buggy Cross Dakar G-II")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>11.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161866", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161866", " Grade 16 Discos - com controle")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161874", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161874", " Grade de Arrasto")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161871", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161871", " Roçadeira")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161875", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161875", " Arador concha ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161867", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161867", " Arado 2 discos")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161869", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161869", " Plantadeira")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161877", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161877", "Aproximadamente 60 pneus - Vários modelos")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161878", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161878", "Lote com: Aproximadamente 11 toneladas de parafusos e porcas - Diversas medidas - PREÇO POR KG")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161879", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161879", "Escavadeira CAT 320 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161864", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161864", " Retroescavadeira  LiuGong 4x4 Cabinada 2010 - Motor desmontado")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161865", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161865", " Retroescavadeira New Holland - 4x4 - 2012 - motor desmontado")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161872", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161872", " Mini Carregadeira 2012 - Cabinada com ar")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161870", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161870", " Escvadeira Komatsu pc 200")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161873", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161873", " Trator Sta Matilde")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161868", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161868", " Trator Mf 50x")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161876", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161876", " Trator MF275 - Sem arranque")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162144", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162144", "Caminhão Ford Cargo 1722 2011/2012 -  - Parou funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162143", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162143", "Caminhão Ford Cargo 1722 2011/2012 -  Parou funcionando")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162147", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162147", "Caminhão Volvo FH 12 420 4x2T 2004/2005")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...702 lines deleted...]
-      </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163647", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163647", "Toyota Hilux SW4 SRX 2018/2018 - Recuperada")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>152.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163648", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163648", "Trator New Holland 8030")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>