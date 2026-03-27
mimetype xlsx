--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160154", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160154", " Lote com 07 unidades de: Rosca Sem Fim - Aço Inox - Com redutor")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160185", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160185", "Motor didático de Opala")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160170", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160170", " Lote com: Aproximadamente 5.700Kg de Conexão curvas- Diversos tamanhos ( 12, 13, 20 cm) - LANCES POR KG")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160153", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160153", " Compressor de Ar")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160160", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160160", " Unidade Secadora - Motor WEG 220v")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160173", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160173", " Compressor de - Ar Atlas Copco GA 45")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160162", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160162", " Lote com Aproximadamente 8 toneladas de Borra de plástico em Bag - Preço por KG")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>0,10</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160155", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160155", " Lote com Aprox. 100 unid de tambor de ferro de 200 litros")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160159", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160159", " Lote com Aprox. 50 unid. Tambor 200 litros de plástico de azeitona Com tampa rosqueável ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160167", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160167", " Lote com Aprox. 100 unid de tambor de plástico de 50 Litros")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160164", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160164", " Trator Ford Brasileiro 8 Br. 64-66 - Funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160158", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160158", " Compressor Atlas Copco GA 22")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160157", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160157", " Lote com: 50 unid. Tubo em aço inoxidável ferrítico - 3 m Comp. - 2mm Parede - 2.5 pol. Diam.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160174", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160174", " Lote com: aproximadamente 150 pacotes de Lã de rocha - Diversas medidas")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160172", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160172", " Lote com: Aproximadamente 100 unid de Pias, colunas e bides - diversos")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160168", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160168", " Carretinha - 4,5 m x 1,1 m ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160156", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160156", " Lote com: 50 unid. Tubo em aço inoxidável ferrítico - 3 m Comp. - 2mm Parede - 2.5 pol. Diam.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160169", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160169", " GM Omega Cd 2005 - Blindado - Bancos em couro - 2022 ok.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160165", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160165", " Lote com: 15 unidades - aprox. 220kg de eletrodos de ferro - 2.50x350 - Aws: E7018 - 09/07/13 - Preço por Kg")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4,50</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160163", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160163", " Gerador à vapor Claytondo - 300kg cap. - Diesel e adaptado para GNV")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160171", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160171", " GM Kaddet Ipanema GL 1994 - Álcool - 2022 ok")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160175", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160175", "Trocador de calor inoxidável 304 Paasch &amp; Silkerboog")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...404 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160184", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160184", "Vitrola Victor talking machine")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...286 lines deleted...]
-      </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160618", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160618", "CAMINHÃO MB L1513 1977 ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>