--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160499", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160499", " Trator Pula-pula Case 580e")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160502", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160502", " Poliguindaste ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160480", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160480", " Patrol Huber-Warco")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160497", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160497", " Cabine de máquina")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160488", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160488", " Empilhadeira 7 ton. - Sem motor - com cambio e diferencial")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160498", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160498", " Sulcador de dois sulcos ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160485", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160485", " Compressor Atlas Copco - motor Perkins 4 Cilindros ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160500", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160500", " Rolo Compactador CG11")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160486", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160486", " Caçamba toco")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160489", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160489", " Motobomba estacionária ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160501", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160501", " Concha de máquina carregadeira ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160482", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160482", " Cabine de máquina")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160483", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160483", " Plantadeira de grão ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160496", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160496", "MF 86 HS ano 98 4x2")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160478", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160478", "MF 86 hs advanced 2005 4x2")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160477", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160477", "Maxion 750 4x4 ano 2002")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160476", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160476", "Mini trator Yanmar ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160475", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160475", "Trator MF 290 4x4 - 3 alavancas ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160495", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160495", "Rolo Muller - Motor mwm ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160494", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160494", "Agrale 4230 com Roçadeira ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160493", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160493", "Trator Ford 6600 - Sucata ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160469", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160469", " Pulverizador")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160492", "031")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160492", "Gerador - Motor Cummins 3 Cilindros - Diesel - Motor desmontado")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160491", "032")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160491", "Gerador - Motor Cummins 3 Cilindros - Diesel")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160490", "033")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160490", "Pá MF 86 - Pula pula ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160487", "034")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160487", "Trator MF 290 4x4 - 3 Alavancas")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160466", "035")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160466", " Trator Agrale 4300")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160473", "036")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160473", " Lâmina Hidráulica")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160467", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160467", "Trator Agrale 4300")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160481", "038")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160481", " Arado Hidráulico - 3 Discos")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160472", "039")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160472", " Arado 4 discos MF")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160468", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160468", "Retroescavadeira 750 MF 4x4 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160484", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160484", " Retroescavadeira 580H - estado de sucata")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160474", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160474", "  Guindaste Madal 9 Ton -  Motor MB")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160470", "042")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160470", " Equipamento Munck - Somente equipamento")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160471", "043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160471", " Equipamento Poli Guindaste 3/4 - Somente Equipamento")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...1054 lines deleted...]
-      </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160479", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160479", " Equipamento Poliguindaste - Somente equipamento.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>