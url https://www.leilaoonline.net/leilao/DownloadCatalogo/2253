--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160316", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160316", " Lote com: 8 unidades de CPUs Completas - diversas configurações e modelos")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160310", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160310", " Lote com: 11 unidades de coletores de dados intermec")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160325", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160325", " Lote com: 30 unidades de Leitores de mão - diversas marcas e modelos - Usb")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160320", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160320", " Lote com: 10 Unidades de ALL IN ONE Positivo - i3/i5 - HD500 4/8Gb - Funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160321", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160321", " All IN ONE Lenovo thinkcentre i5 HD500 - 8 Gb memória - funcionando")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160326", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160326", " Lote com 6 unidades de ALL IN ONE Positivo modelo u2500 i3-i5 HD500 - 4/8 Gb memória - funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160327", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160327", " Lote com 8 unidades de Monitores AOC 15" - funcionando")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160317", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160317", " IMAC ALL IN ONE CY1520VRJU8 Cinema Display - Funcionando")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160322", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160322", " Lote com 1 unidade CPU DELL I3 5220 HD500 4Gb memória e 1 unidade CPU LENOVO I5 4570 HD500 8 Gb memória - funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160311", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160311", " Lote com 30 unidades de Memórias de Notebook - 2/4/8 Gb - Testadas")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160313", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160313", " Lote com 2 Unidades de Purificador de àgua Soft Plus")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160314", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160314", " Lote com 20 Unidades de HDs para notebook e desktop")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160312", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160312", " Lote com 3 Unidades de inversores de tensão Wagon E Altys - diversos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160323", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160323", " Lote com 14 unidades de Tablets Samsung e Ipad - diversas configurações")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160319", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160319", " Lote com 20 Unidades de Hds de notebook e Desktop - testados")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160324", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160324", " Lote com 80 unidades de cabos de vídeos")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160315", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160315", " Conjunto de analisador de espectro com maleta")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160318", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160318", " Lote com: 10.000 unidades de cabides para lojistas - diversos - Sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160675", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160675", "Lote com 20 unidades de Balança de Gado - para peças ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...415 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160714", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160714", "Lote com 30 unidades de Conjunto Analisador de água - Watermind Itron - Funcionando ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>