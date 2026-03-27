--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160138", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160138", "Lote com: 2 Compressores ar direto - Wayne - 40 pés")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160139", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160139", "Torno Mecânico Mito - 1800mm X 500mm")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160140", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160140", "Lote com 6 serras de fita Invicta - 4 peças 800mm e 2 peças 600mm volante")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160141", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160141", "Lote com: 3 tupias - 2 uni. Rocco e 1 uni. Acerbi")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160142", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160142", "Linha completa - Extrusora 90mm - Calandra resfriador, puxador, guilhotina e torre de refrigeração ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>78.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160143", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160143", "Linha completa - Extrusora 120 mm- Calandra com resfriador, puxador de chapa, guilhotina e torre de refrigeração ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>125.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160144", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160144", "Lote com 2 uni. Aglutinador 50 cv - com chave de partida a óleo")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160145", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160145", "Moinho de faca - boca 600 mm com ciclone")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160146", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160146", "Cabine de pintura - cortina de água")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161294", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161294", "Torno Mecânico - Promeca")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>