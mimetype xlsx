--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162182", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162182", " [vídeo] MB 1214 C 1997 com Munck PKB 1550")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>197.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162179", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162179", "[vídeo] CAMINHÃO MB AXOR 1933 PLATAF.; ANO/MODELO: 2009/2009; DIESEL; KM: 39100; PL: NNT3D96 ; CH: 9BM9582079B670111: ; RENAVAM: 00166096318 ; OBS.: COM EQUIP.MUNCK RODOMAQ GHR-25000 E CONTROLE TECNNIC COMANDO NOVO E PLATAFORMA DE 6,2 M NO ESTADO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>310.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162181", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162181", "Caminhão Volvo VM 330 - 2014/2015 8x2 Completo - automático - engate para julieta - Roll-on Grimaldi G25 2017")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>347.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162189", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162189", "Caminhão MB 321 - cabine 1113 - 58/59 Com munck 3.5 ton - - Carroceria aprox. 7m - Dir. hidráulica - turbinado - Lança hidráulica")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162183", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162183", "Hyundai HR LDB 2008/2009 ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163310", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163310", "Caminhão VW 24.280 2012 - com Munck MGM 50600 2022")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>650.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162184", "015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162184", "Ford Focus 2L FC FLEX - 2010/2011")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162180", "018")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162180", "JEEP Willys 1960 4x4 - Motor Opala 4 Cil. injeção nos 4 bicos - ignição eletr. - Caixa chevette 5 marchas - pandoo, dir. hidr. ar, pneus 31, cap. rigida, Som pionner, guinco, tanque inox, Molas toyota, banco couro, placa mercosul.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162185", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162185", "Mitsubishi L200 outdoor completa - 4x4 diesel - 2011/2012 ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162186", "025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162186", "[vídeo] Retroescavadeira Case 580L - 2007 - 95.125hrs ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>147.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162187", "032")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162187", "Caminhão Iveco - Daily 3520 - 2002 ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162188", "036")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162188", "Ford Fiesta 1.6 Flex 2008/2009 - Final de placa: 9")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162190", "064")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162190", "Retroescavadeira Randon 2011")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163307", "065")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163307", "MB SPRINTER 310D 1997 - Guincho e prancha elétrica friodinal - vidros elétricos - prancha 4,5m")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163308", "066")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163308", "Peugeot Hoggar Xline 2011/2012")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163309", "067")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163309", "Lancha Focker 180 - Motor Mercury 90 - com carreta s/documento")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163311", "068")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163311", "Barco em alumínio - Motor Mercury")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163312", "069")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163312", "JET SKI Kawasaki 750cc - 2001")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163313", "070")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163313", "Yamaha Fazer YS 250 2010 - Pneus e bateria novos ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>