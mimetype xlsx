--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160364", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160364", " Disjuntores tipo HP SPRECHER SCHUH 1600A / 14 unidades")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160330", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160330", " Vigas de madeira ITAUBA- medidas 6”x2”, Lote com 17 vigas brutas")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160365", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160365", " Trocador de calor Aço Carbono com tubulação Interna de INOX, Medidas externa 3500x250 mm")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160366", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160366", " Transformador 30 kVA HEVT-DUTY T3H30S 480 V")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160355", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160355", " Carregador de baterias CHUBBY MOD 10B-30A")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160360", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160360", " Pulmão de ar p compressor 50 litros sem teste")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160337", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160337", " Cadinho p Fundição de metais 700 mm Diâmetro ( boca) 900 mm profundidade; 400 aproximadamente")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160340", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160340", " Flange cega figura 8 (oito) 650 mm diâmetro x 2.1/4” espessura ; peso aproximado 200 kgs")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160336", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160336", " Eixo batedor maciço de INOX, Medidas 100 mm eixo X 3140 mm comprimento ; peso aproximado 300 kgs")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160333", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160333", " Tubos de aço carbono medidas 19x1,6x5600 mm ; 320 peças aproximado ; peso por barra 5,50 kgs")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160362", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160362", " Lote manômetros; Rodas de pórticos; válvulas; chave de nível; pistões pneumáticos e diversos")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160371", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160371", " Mancais com bucha e rolamentos ( SSNHD 5 SKF) ; Morsa e diversos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160331", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160331", " Fonte Retificadora 3F 2300 A")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160339", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160339", " Juntas Metálicas diversos, 02 pallets contendo aproximadamente 200 unidades")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160370", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160370", " 02 Filtros de Inox com peso aproximado de 100 kgs no total")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160359", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160359", " Peneira Depuradora; filtros : chapas de inox e tubo de inox ( chapa) peso aproximado 400 kgs")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160358", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160358", " 05 rotores de bombas INOX ; Carcaça de bomba; 04 Selos mecânico de bomba de inox, figura 8 de Inox, peso aproximado de 400 kgs")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160354", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160354", " 21 Curvas Raio Longo 6” Schedule 40 / 02 niples")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160356", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160356", " Flanges de aço carbono 02 unidades, 530x710x. 430 mm flange normal")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160334", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160334", " 07 peneiras de Britador de pedras ; peso aproximado de 1000 kgs no lote")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160335", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160335", " Buchas para Rolamentos Eixo de 340 mm, 09 unidades ( GGL HM3172)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160357", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160357", " Parafusos diversos bitolas pesando 620 kgs aproximado")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160332", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160332", " Motobomba GRUNDFOS 20 cv 3528 rpm, equipamento sem uso")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160369", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160369", " Tarugos e Bolachas de Aço carbono diversas medidas com peso aproximado de 500 kgs")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160341", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160341", " Transmissor Marítimo U952, lote com 11 unidades")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160342", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160342", " Engate rápido PARKER CPI 4M-Q4CY-SSP, lote com 96 unidades sem uso")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160343", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160343", " Rosca transportadora Inox, 4500 mm comprimento, 3000 mm comprimento Helicoidal, peso aproximado de 300 kgs")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160363", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160363", " Vasos de pressão OSX contendo 04 unidades")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160375", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160375", " Estrutura metálica de aço carbono com pistão hidráulico com peso aproximado 4000 kgs")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160368", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160368", " Facas de aço 04 unidades nas seguintes medidas 540x230x50mm, redutores e motoredutores; prancha de madeira e motores hidráulico")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160349", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160349", " Trocador de calor sem os tubos internos, peso aproximado do tubo 4000 kgs com as calotas")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160347", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160347", " Luminárias de alumínio com reator, 16 luminárias no total, rodizios e rodas acompanham o lote")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160351", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160351", " Materiais elétricos diversos sem especificação")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160352", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160352", " 04 cornetas BOSCH CLBC3482/00 25w/100V, 01 trocador de Ar condicionado conforme fotos e descrição nos equipamentos")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160376", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160376", " 07 unidades de Nobreak no estado que se encontram; conexões Pneumática; luminárias de empilhadeira 25 peças e diversos")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160344", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160344", " Aproximadamente 200 kgs de Estopa de cânhamo para vedação em tubulações")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160373", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160373", " 08 caixas de ferro para armazenamento, peso aproximado de cada caixa 110 kgs, medidas 1200x1000x860")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160346", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160346", " Balança digital Toledo 1500 kg, modelo 1500/ 500g, plataforma 770x770 mm")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160348", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160348", " Máquinas de solda sucatas no estado que se encontram, 04 retificadores e 3 inversores de solda, retirada de peças ou sucata")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160367", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160367", " Lote de máquinas de solda 05 unidades, 01 - GTS STAR EUTÉTICO 425 A, 01 -  ORIGON TM ARC 420, 02 - TRR 2600 Bambozzi, carregador de baterias")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160372", "045")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160372", " Prateleira porta pallets com 5 “pés “ , 24 travessas e assoalhos de madeira conforme fotos com 2 metros aproximadamente")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160361", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160361", " Mangotes de borracha; 01 prateleira desmontada; 01 perfil laranja dobrado")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160353", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160353", " Lote contendo: 22 Flanges aço carbono 6”, 15 Flanges aço carbono pescoço 6”, 01 Flange aço carbono 10”, 01 Flange aço carbono cega 16”, 02 Olhais, 02 Trilhos c/ rolamentos gaiola 2300 mm")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160345", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160345", " 02 esguichos p pasteurização de Inox com acionamento pneumático, contém 50 bicos cada; 1,80 comprimento cada")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160405", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160405", " Lote com 17 tubos INOX nas seguintes quantidades e medidas: 12 UN com 60mmX3000mm, 01 UN com 35mmX3000mm, 04 UN com 90mmX3000mm")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160433", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160433", " Motor Weg 75 cv 2 polos ( 3565 rpm ), 220/380/440 V, Peso 428 kgs")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160429", "051")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160429", " Lote de carrinhos p movimentação: 01 Carro plataforma 4 rodas, 01 Carrinho 02 rodas")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160381", "052")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160381", " 2 cantoneiras de aço carbono de 4”x1/4” com 9 metros cada e 01 trilho TR 49 com 12 metros comprimento 600 kgs o trilho")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160379", "053")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160379", " Tanque tratamento de água, Peso 480 kgs conforme fotos e identificação da placa")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160380", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160380", " Lote com 9 unid. Impressora konica Minotauro mágicos 1600 w, 1 picador de papel aurora, 4 Swift com embalagem, 3 Swift sem embalagem")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160382", "055")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160382", "Barra redonda poliecetal (nylon) 140 mm ; 09 itens de filtros diversos")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160383", "056")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160383", "Lote contendo 40 itens pneumático diversos")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...1055 lines deleted...]
-      <c r="F55" s="4" t="inlineStr">
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160384", "057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160384", "Sensor micropulse balluff BTL01E2 BTL5-H-114-MO250-B-S94 (02 Unidades)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>