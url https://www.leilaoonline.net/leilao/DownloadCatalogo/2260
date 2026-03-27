--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160460", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160460", " Válvula Redutora de Pressão 2” Spirax Sarco")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160459", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160459", " Válvula Esfera rosca 2” 300# Atuador;  Válvula Esfera rosca 2” CF8M Atuador;  Válvula Esfera solda 2” CF8M Atuador")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160447", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160447", " Válvula de Controle 2 1/2” Spirax Sarco")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160452", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160452", " Válvula Gaveta 10” 125# PN 10")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160451", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160451", " Válvula Macho 2” 150#;  Válvula Globo 3” PN 16")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160458", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160458", " . Válvula Gaveta 4” 300# corpo WCB vedação 410.  haste 410")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160456", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160456", " Válvula Gaveta 4” 150#;  Válvula Globo 4” 150#")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160453", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160453", " Válvula Controle 2” revestida;  Válvula Controle 3” revestida")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160454", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160454", " 3 unid. Válvulas Redutoras 1 1/4”;  Válvula Segurança 1 1/2” x 2”")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160450", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160450", " 4 unid. Válvulas Gaveta 2” 150#;  2unid. Válvulas Gaveta 3” 150#;  Válvula Globo 2” 150#")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160457", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160457", " Válvula Esfera 2 1/2” CF8M , Válvula Esfera 3” WCB;  Válvula Esfera 3” WCB rev")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160449", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160449", " 2 unid. Válvulas Gaveta 6” 125#")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160455", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160455", " Válvulas Borboleta: 3” = 2 pçs; 4” = 2 pçs; 6” = 1 pç; 8” = 3 pçs; 10” = 1 pç")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160461", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160461", " Válvula Borboleta 10”; Válvula Borboleta 14”")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160448", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160448", " Bomba Haskel")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161295", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161295", "Máquina de Solda LTA 350 AC/DC")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>