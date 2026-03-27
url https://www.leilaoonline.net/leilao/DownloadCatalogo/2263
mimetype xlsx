--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,7579 +269,6635 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163290", "096")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163290", " CKS-004-2019 - CAMINHAO FE ELETRICO BASCULANTE LIEBHERR, MOD. T282B, ANO 2009. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.000.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163293", "097")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163293", " CKS-005-2019 - CAMINHAO FE ELETRICO BASCULANTE LIEBHERR, MOD. T282B, ANO 2013. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.000.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163291", "098")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163291", " CKS-006-2019 - CAMINHAO FE ELETRICO BASCULANTE LIEBHERR, MOD. T282B, ANO 2013. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163292", "099")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163292", " CKS-003-2019 - CAMINHAO FE ELETRICO BASCULANTE LIEBHERR, MOD. T282B, ANO 2009. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160704", "100")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160704", "082-020-2023 - CAMINHÃO MUNCK MERCEDES BENZ ATEGO 1725, 2011/2011, BRANCO, DIESEL - LOC: JOÃO NEIVA/ ES")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>217.513,11</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160705", "101")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160705", "ACA-NMZ3427-2022 - CAMINHÃO BASCULANTE M. BENZ ATEGO 2425, 2009/2009 - LOC: AÇAILÂNDIA - MA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>110.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160707", "102")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160707", "CKS-ATI-074-2022 - CARREGADEIRA CATERPILLAR PC988H, 2011 - LOC: CARAJÁS - PARÁ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>710.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160708", "103")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160708", "CKS-ATI-077-2022 - CARREGADEIRA CATERPILLAR 988H, 2012 - LOC: CARAJÁS - PARÁ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>730.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160709", "104")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160709", "CKS-ATI-089-2022 - RETROESCAVADEIRA CATERPILLAR 336D, 2012 - LOC: CARAJÁS - PARÁ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160710", "105")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160710", "CKS-ATI-090-2022 - RETROESCAVADEIRA CATERPILLAR 365C, 2010 - LOC: CARAJÁS - PARÁ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>182.761,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160711", "106")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160711", "CKS-ATI-091-2022 - RETROESCAVADEIRA CATERPILLAR 345D, 2009 - LOC: CARAJÁS - PARÁ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160713", "107")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160713", "ITA-001-2023 - MOTONIVELADORA CATERPILLAR 16M, 2008 - LOC: ITABIRA / MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160715", "108")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160715", "MARI-CP56156-2023 - CAMINHÃO 8X4 SCANIA G440, 2013/2013 - LOC: MARIANA/MG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160716", "109")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160716", "SLS-EQ-040-2022 - PA CARREGADEIRA VOLVO L120E PA_361K_204, ANO 2007 - LOC: SÃO LUÍS - MA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160740", "110")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160740", "SLS-EQ-044-2022 - VEICULO TIPO FURGAO -  RENAULT MASTER L3H2 3DC1 16V, 2013/2014 - LOC: SÃO LUÍS - MA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160741", "111")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160741", "SSG-001-2023 - PF1002 - Perfuratriz ATLAS COPCO ECM660, 2007 - LPC: CANAÃ DOS CARAJÁS/ PARÁ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160717", "120")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160717", " 082-021-2023 - EMPILHADEIRA LINDE, MOD. H180, ANO 2010. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160721", "121")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160721", " 082-022-2023 - EMPILHADEIRA LINDE, MOD. H70D02, ANO 2001. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160718", "122")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160718", " 082-038-2023 - EMPILHADEIRA CLARK, MOD. C25D, ANO 2007/2007. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160732", "123")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160732", " 082-417-2022 - SEPARADORA CENTRIFUGA ALFA LAVAL, MOD. S 986 FLEX, ANO 2012. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160720", "124")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160720", " 082-463-2022 - SEPARADOR MAGN 220VCC 60HZ. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160719", "125")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160719", " 082-495-2022 - SEPARADORA CENTRIFUGA ALFA LAVAL, MOD. S 986 FLEX, ANO 2012. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160722", "126")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160722", " 082-485-2022 - 5 ASPIRADORES DE PO INDUSTRIAL KARCHER, MOD. IVS 100/75, ANO 2019. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160733", "127")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160733", " 082-483-2022 - MÁQUINA DE MANDRILHAR HS DESENVOLVIM, MOD. MANDRILHAR MANC, ANO 2007. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160738", "128")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160738", " 082-542-2022 - CABO POT ELET. 3,6/6KV 70MM2 6. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160725", "129")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160725", " 082-536-2022 - APROX. 230 ITENS. - CAIXA DX00800125F1 SALZGITTER, ESFERA ZX11334457 METSO, E OUTRO, VEJA DESCRITIVO DE ITENS. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160729", "130")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160729", " 082-482-2022 - MÁQUINA DE USINAR H.S. DESENVOLVIM, MOD. MAQ. BLOCO GM, ANO 2005. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160737", "131")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160737", " 082-481-2022 - MÁQUINA DE USINAR H.S. DESENVOLVIM, MOD. MAQ. SERRILHAS, ANO 2007. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160734", "132")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160734", " 082-458-2022 - PUXADOR DE TRUCK DE LOCOMOTIVAS SEW DO BRASIL, MOD. RF1060DZ132MZ6, ANO 2007. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160736", "133")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160736", " 082-456-2022 - PUXADOR DE LOCOMOTIVAS PLANETA, MOD. SB-305-E ZUGWIN, ANO 2010. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160735", "134")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160735", " 082-455-2022 - PUXADOR DE LOCOMOTIVAS PLANETA, MOD. SB-305-E ZUGWIN, ANO 2010. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160726", "135")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160726", " 082-452-2022 - PRENSA NOWAK, MOD. TESTE DE MOLA, ANO 1990. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>16.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160731", "136")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160731", " 082-451-2022 - PUXADOR DE TRUCK DE LOCOMOTIVAS GEDI, ANO 1974. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160724", "137")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160724", " 082-419-2022 - PUXADOR DE TRUCK GEDI, ANO 1974. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160739", "138")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160739", " 082-450-2022 - TORNO ID-20, MOD. ROMI, ANO 1995. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160723", "139")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160723", " 082-418-2022 - CENTRIFUGA DE ÓLEO ALFA LAVAL, MOD. SU700, ANO 2002. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160727", "140")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160727", " 082-412-2022 - GUINDASTE ATLAS, MOD. AK4006 R, ANO 2007. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160730", "141")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160730", " 082-239-2022 - MÁQUINA DE DOBRAR CHAPAS IMAG, MOD. VHL3050, ANO 2008. - LOC. CARIACICA/ES")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160728", "142")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160728", " 082-116-2022 - 2 ACOP FLEX RIGIDO 720000NM, FALK. - LOC. VITORIA/ES")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160800", "143")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160800", " GOV-056-2022 - GUINDASTE ATLAS, MOD. AK4006, ANO 1996. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160792", "144")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160792", " GOV-058-2022 - GUINDASTE ATLAS, MOD. AK4006, ANO 1996. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160798", "145")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160798", " GOV-060-2022 - GUINDASTE ATLAS, MOD. AK4006, ANO 2003. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160807", "146")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160807", " GOV-054-2022 - 8 VIBRADORES ELETRICOS MANUAL; 2 GERADORES BRANCO BD 6500; MOTOR GERADOR. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160797", "147")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160797", " GOV-050-2022 - 3 SOCADORAS PE DE PATO GEISMAR; GERADOR BRANCO / MOD. B4T-2500 S / 2,2 KVA; MOTO ESMERIL DE COLUNA. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160801", "148")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160801", " ACA-EQ-002-2022 - 1 PEÇA SISTEMA COMPONENTE;TIPO. GERACAO ENERGIA CA. - LOC. AÇAILÂNDIA/MA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160786", "149")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160786", " ACA-EQ-010-2022 - BETONEIRA PROFISSIONAL 600L; MENEGOTTI , ANO 2017, MOD. AUTO CARREGÁVEL. - LOC. AÇAILÂNDIA/MA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160794", "150")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160794", " BRU-002-2023 - MAQUINA DE SOLDA MIG/MAGTDG-480ED.BAMBOZZI. - LOC. SÃO GONÇALO DO RIO ABAIXO/ MG")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160805", "151")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160805", " BRU-007-2022 - 1 NOTEBOOK ELITE BOOK 8460W, HP;  1 NOTEBOOK DELL PRECISION 3510. - LOC. SÃO GONÇALO DO RIO ABAIXO/ MG")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160787", "152")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160787", " BRU-010-2022 - 1 MOTOSERRA. - LOC. SÃO GONÇALO DO RIO ABAIXO/ MG")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160793", "153")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160793", " CKS-ATI-060-2022 - 1 TALHA 3 TON TE_1810KN_01, ANO: 2011. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160802", "154")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160802", " CKS-ATI-068-2022 - PENEIRA VIBRATORIA 4X10 PN_123_50 METSO; MOD: PN4X10; ANO: 2010. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160789", "155")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160789", " CKS-ATI-072-2022. - 3 EMPILHADEIRAS DIVERSAS; VEJA DESCRITIVO DE ITENS. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160803", "156")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160803", " CKS-ATI-078-2022 - MAQUINA DE FILETAR ESAB;  MOD: COMBIREX BR 350. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>19.996,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160788", "157")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160788", " CKS-ATI-081-2022 - 3 MÁQUINAS DE SOLDA DIVERSAS; VEJA DESCRITIVO DE ITENS. - LOC. PARAUAPÉBAS/PA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160806", "158")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160806", " CKS-ATI-083-2022 - 5 MÁQUINAS DE SOLDA; 3 MÁQUINAS DE CORTE DE PLASMA; VEJA DESCRITIVO DE ITENS. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160804", "159")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160804", " CKS-ATI-085-2022 - CALANDRA INDUSTRIAL PARA ROUPAS 2 CILINDROS; ANO: 2012; MARCA: SITEC; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160795", "160")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160795", " CKS-ATI-086-2022 - 14 MÁQUINAS DE SOLDA DIVERSAS; VEJA DESCRITIVO DE ITENS. - LOC. PARAUAPEBAS/PA")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160799", "161")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160799", " CKS-ATI-087-2022 - RADIO BASE REPETIDORA TRIMBLE HPB 450 - 35W. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160808", "162")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160808", " CKS-ATI-088-2022 - TORRE DE ILUMINAÇÃO CHICAGO, MOD. CPLT4, ANO 2014. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160809", "163")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160809", " GOV-055-2022 - GERADOR HONDA EP6500 CXS TIPO LDC HONDA. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160796", "164")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160796", " GOV-135-2021 - 7 SOCADORAS MANUAIS PE DE PATO GEISMAR. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160790", "165")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160790", " ACA-EQ-007-2022 - CONDICIONADOR DE AR; 18000BTUS SPLIT;38KCR18M5. - LOC. AÇAILÂNDIA/MA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160791", "166")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160791", " ACA-EQ-008-2022 - MAQUINA DE SOLDA INVERSORA; RIV222DIGITAL; VONDER. - LOC. AÇAILÂNDIA/MA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160854", "167")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160854", " MRB-EQ-020-2022 - SEQUENCIADOR AUTOMATICO DE DNA PACIFIC BIOSCIE, ANO 2017, MOD. SEQUEL 1. - LOC. BELÉM/PA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160837", "168")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160837", " MRB-EQ-016-2022 - GUINDASTE MUNCK ARGOS AGI AYU.J.M.B22 ANO 2005. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160842", "169")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160842", " MRB-EQ-002-2023 - PALETEIRA TRANSPALETE HIDRAULICO 530MM TM2000B SP; 2 BALANÇAS DIVERSAS; VEJA DESCRITIVO DE ITENS. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160853", "170")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160853", " MRB-EQ-002-2022 - TORRE DE ILUMINAÇÃO VIPART, MOD. RPLT-600C, ANO 2012. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160850", "171")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160850", " MRB-EQ-001-2023 - 2 GERADORES, GMP, GEP75, PERKINS. ANO 2005, MOD. GTA, MARCA WEG. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>16.400,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160846", "172")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160846", " S11D-001-2023 - PRENSA FAREX; MOD. PH 1076 KS 03, ANO 2019. - LOC. CANAÃ DOS CARAJAS/PA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160845", "173")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160845", " S11D-002-2023-MRO - 18 ITENS - ENGRENAGEM E PINHÃO, ORGAO DE TRANSMISSAO DE EIXO DE ACIONAMENTO DE REDUTOR - VEJA DESCRITIVO DE ITENS - - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160855", "174")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160855", " S11D-017-2022 - AEROFOTOGRAMETRICO ASA CENTRAL. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160852", "175")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160852", " SFH-035-2022 - BRITADOR FAÇO, MOD. 6240C. - LOC. SIMÕES FILHO/BA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>116</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>138.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160838", "176")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160838", " ITA-056-2022 - PALETEIRA HIDRAULICA MANUAL, 11SDJ/10307;ARTLIFT. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160848", "177")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160848", " ITA-057-2022 - APROX. 31 ITENS. - MÁQUINAS DE SOLDA, RETIFICADORES PARA SOLDA E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160844", "178")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160844", " ITA-058-2022 - 23 MÁQUINAS DE SOLDA/DANIFICADAS. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160849", "179")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160849", " ITA-059-2022 - 23 MÁQUINAS DE SOLDA/DANIFICADAS. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>10.700,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160841", "180")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160841", " ITA-061-2022 - 27 MÁQUINAS DE SOLDA/DANIFICADAS. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160851", "181")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160851", " ITA-064-2022 - APROX. 4 ITENS. - VISCOSIMETRO LACTEA, ANALISADOR DE OLEO; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160839", "182")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160839", " ITA-065-2022 - APROX. 8 ITENS. - COMPRESSOR DE AR SCHULZ; TORNO PATRIMONIO 2014989; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160843", "183")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160843", " ITA-073-2022 - 2 CENTROS DE CONTROLE DE MOTORES; CENTRO DE CONTROLE DE MOTORES SCHNEIDER BT480. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160847", "184")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160847", " ITA-075-2022 - ESTUFA DE ACO PALLEY,MOD.E-122,1 PORT.220. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160840", "185")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160840", " ITA-118-2022 - APROX. 18 ITENS. - CONVERSOR TORQUE 2407186 CATERPILLAR, GRUPO ENGRENAGEM 2034000 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>20.200,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160856", "186")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160856", "SLB-046-2022 - 296 METROS DE CORREIA TRANSPORTADORA; TIPO: ABERTA. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>34.300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160966", "187")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160966", " TIG-040-2022 - BRITADOR DE MANDIBULA DIAL - MOD. 25-15, ANO 2013, POTÊNCIA 7,4W. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160977", "188")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160977", " TIG-045-2022 - REDUTOR VEL. HELIC. 199 22,09CV; REDUTOR VEL HELIC 25,95 177HP  - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160959", "189")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160959", " TIG-046-2022 -  2 PEÇAS - MBR_TAMBOR; APLICACA;PTN-F-TB 204 FILSAN. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160971", "190")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160971", " TIG-047-2022 - 1 TAMBOR CORREIA TRANSPORTADORA 1200MM. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160960", "191")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160960", " TIG-048-2022 - 1 TAMBOR CORREIA TRANSPORTADORA 1200MM. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160978", "192")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160978", " TIG-015-2022 - 1 CONTRA RECUO 240MM. - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160964", "193")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160964", " TIG-001-2023 - 10 TAMBORES - LOC. MANGARATIBA/RJ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160965", "194")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160965", " SLS-EQ-047-2022 - VAGÃO FERROVIARIO PNS, MOD. VAGÃO PLATAFORMA PNS - 104.016-2, ANO 1989. - LOC. SÃO LUÍS/MA ")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160979", "195")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160979", " SLS-EQ-001-2023 - VAGÃO BAGAGEIRO SMR-104901-1. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160980", "196")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160980", " SLS-EQ-002-2023 - VAGAO PASSAGEIRO SMR - 104351-0. - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160970", "197")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160970", " SLS-EQ-003-2022 - TELEFONE CELULAR IPHONE 6 S – CINZA ESPACIAL 32GB. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160962", "198")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160962", " SLS-EQ-003-2023 - PLATAFORMA ELEVATORIA GENIE, MOD. Z-30/20N, ANO 2010. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160963", "199")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160963", " SLS-EQ-007-2022 - MAQUINA PARA PREGOS DE LINHA GEISMAR, MOD. AC-1, ANO 2012. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160967", "200")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160967", " SLS-EQ-034-2022 - 1 MAQUINA DE SOLDA; 36V; 50/60HZ; MIG MAG; EUTECTIC. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160973", "201")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160973", " SLS-EQ-042-2021 - 16 MÁQUINAS DE SOLDA DIVERSAS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160975", "202")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160975", " SLS-EQ-042-2022 - 17 FORNOS DIVERSOS, BEBEDOURO, ESTUFA CURVA DUPLA E OUTROS; VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160981", "203")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160981", " SLS-EQ-048-2022 - 2 CAIXA DE SOM AMPLIFICADORA – SM- CAP16P. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160968", "204")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160968", " SLS-EQ-050-2022 - 5 GERADORES DIVERSOS, MÁQUINA DE FURAR TRILHO E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160974", "205")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160974", " SLS-EQ-051-2022 - GUINDASTE PALFINGER, MOD. PKB15500, ANO 2017. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160969", "206")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160969", " SLS-EQ-053-2022 - GERADOR MWM, MOD. 336, ANO 2006. - LOC. SÃO LUÍS/MA")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160961", "207")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160961", " SSG-058-2022-MRO - 5 COMANDOS FINAIS 5V6324 CATERPILLAR; MOTOR; APLICACAO: PERFURATRIZ DR560. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160972", "208")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160972", " SIS-009-2022 - GUINDASTE EMAP, MOD. IMFF126420, ANO 2003. - LOC. SANTA INÊS/MA")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160976", "209")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160976", " SIS-010-2022 - GUINDASTE MH, MOD. MH12000T, ANO 2002. - LOC. SANTA INÊS/MA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160782", "218")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160782", "CKS-MRO-082-2022 - 12 ITENS MOTOR CORRENTE, CILINDRO E OUTROS - VEJA DESCRITIVO DE ITENS -  LOC: Carajás - PA")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160781", "219")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160781", "CKS-MRO-011-2022 - 8 PÇ ROLAMENTO ESF 13100901 KSB - LOC: Carajás - PA")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160749", "220")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160749", " 082-001-2023-276 - APROX. 216 ITENS - PORCA 16MM BOLLHOFF, LOC. VITORIA/ ES")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160742", "221")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160742", " 082-003-2023 - 127 ITENS, COMPRESSOR AR, RETENTOR , ALMOFADA E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160751", "222")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160751", " 082-004-2023 - 31 ITENS - BARRA , ARRUELA , FUSIVEL E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160744", "223")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160744", " 082-050-2022- 104 ITENS, CARANGUEIJO, SUPORTE , CARACOL  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160750", "224")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160750", " 082-320-2022 - APROX. 2857 ITENS - ROLAMENTOS , CONEXÃO, ANEIS   E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160756", "225")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160756", " 080-380-2022- 55 ITENS - ROLOS DIVERSOS , VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160743", "226")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160743", " 082-384-2022 - 96 ITENS -  ROLOS DIVERSOS , VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160745", "227")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160745", " 082-386-2022 - 77 ITENS,  ROLOS DIVERSOS , VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160760", "228")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160760", " 082-388-2022 - 56 ITENS - ROLOS DIVERSOS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160746", "229")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160746", " 082-400-2022 - 36 ITENS - VALVULA; LOCOMOTIVA - VA1260A ZF BRASIL 123X1090 GENERAL ELECTRIC, GM-EMD, LOC. VITORIA/ES")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160748", "230")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160748", " 082-426-2022- 04 CILIN 10098484 LIEBHERR, LOC. VITORIA/ES")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>3.450,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160752", "231")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160752", " 082-437-2022 - APROX.1091 ITENS - LUVAS DE PROTEÇÃO, CHAPAS , POLIAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160754", "232")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160754", " 082-440-2022 - 134 ITENS, ROLOS DIVERSOS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160755", "233")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160755", " 082-461-2022- 655 ITENS, TELA PARA PENEIRA, CHAPAS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160747", "234")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160747", " 082-473-2022- 08 ITENS, VALVULAS, CAIXA JUNÇÃO , VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160775", "235")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160775", " 082-474-2022 - 110 ITENS, PINOS COMPONENTES , RETENTOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160764", "236")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160764", " 082-484-2022- 04 ITENS, DETECTOR PORTATIL, ESMELHILADEIRA ANGULAR , VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160769", "237")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160769", " 082-533-2022-05 ITENS, TUBOS , EIXOS COMPONENTES, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160778", "238")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160778", " 082-534-2022 - APROX. 252 ITENS - BUCHAS, FUSIVEIS , MODULOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160776", "239")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160776", " 082-537-2022- 10 ITENS, BOMBAS, TAMBORES, POLIAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160758", "240")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160758", " 082-538-2022- 20 ITENS, MOTOR, EIXOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160767", "241")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160767", " 082-539-2022 - APROX. 153 ITENS, EIXOS P/ EMPILHAD. , TAMPS, CILINDROS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160757", "242")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160757", " 082-540-2022 - APROX. 2233 ITENS, PARAFUSOS, ANEIS, ROLAMENTOS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160779", "243")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160779", " 082-541-2022 - APROX. 4331 ITENS - ARRUELAS, PARAFUSOS , ABRAÇADEIRAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160763", "244")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160763", " 082-543-2022 - APROX. 413 ITENS, PINO COMPONENTE, BOMBAS, ROLTES E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160773", "245")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160773", " 082-544-2022 - APROX. 8883 ITENS - TOBOS, TAMPAS COMPON., MANGUEIRAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160753", "246")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160753", " 082-545-2022- 17 ITENS, ABRAÇADEIRA, CHAVE COMPONENTE , VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160780", "247")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160780", " 082-546-2022- 153 ITENS, MANGUEIRAS, FILTROS, POLIA E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160766", "248")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160766", " 082-549-2022- 01 TELA NAO METALICA;MATERIAL POLIETILEN;CA, LOC. VITORIA/ES")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160762", "249")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160762", " 082-550-2022 - APROX. 801 ITENS - MANCAL , PORTA COMPON., TUBOS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160765", "250")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160765", " 082-551-2022 - APROX. 197 ITENS - DISJUNTOR, MOLAS, REATOR , RELE E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160771", "251")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160771", " 082-553-2022- 17 INTERRUPTOR COMPONENTE, ACOPLADOR  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160768", "252")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160768", " 082-554-2022- 549 ITENS, PARAFUSOS, CAIXAS ROLAMENTOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160772", "253")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160772", " 082-555-2022- 25 ITENS, ROLAMENTOS, VALVULAS , REDUTORES E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160774", "254")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160774", " 082-556-2022 - APROX. 1740 ITENS - PORCAS SEX., CABOS POTENCIA, ISOLADOR  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160759", "255")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160759", " 082-557-2022 - 107 ITENS, BLOCOS, BOMBAS , MACACO E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160777", "256")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160777", " 082-558-2022 - APROX. 38.866 ITENS - PARAFUSOS, MARCADOR, MODULOS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160770", "257")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160770", " 082-559-2022- 02 MOTOR CA 160M 440V 10HP B3E, LOC. VITORIA/ES")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160761", "258")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160761", " 082-560-2022- 04 ITENS, EMBREAGEM, DISJUNTOR , MOTOR - VEJA DESCRITIVO DE ITENS - LOC. VITORIA/ES")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160824", "259")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160824", " ACA-EQ-009-2022, 01 BIOSAN X230, ANO 2009, LOC. AÇAILANDIA ")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160821", "260")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160821", " ACA-MRO-011-2022- 237 ITENS, CILINDROS, VALVULAS, CONECTOR  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. AÇAILANDIA ")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160815", "261")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160815", " CD-033-2022 - APROX. 925 ITENS - MANGUEIRA , CORREIA, ROLAMENTOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160816", "262")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160816", " CD-151-2022 - APROX.12611 ITENS - MOTOR DIESEL, LAMINAS , FUSIVEIS, VALVULAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>40.900,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160814", "263")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160814", " CD-204-2022 - APROX. 1497 ITENS - ROLAMENTOS, RETENTORES, PARAFUSOS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160817", "264")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160817", " CD-262-2022 - APROX. 1422 ITENS - RETENTOR, ARRUELA, TELA METALICA E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160813", "265")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160813", " CD-312-2022 - APROX. 684 ITENS - ROLO, ADAPTADOR, PORCAS   E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160822", "266")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160822", " CD-313-2022,  888 ITENS, TELAS NÃO METALICAS DIVERSAS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>14.200,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160819", "267")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160819", " CD-001-2023, 333 ITENS, RETENTOR , ANEIS, ARRUELAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160827", "268")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160827", " CD-040-2022, 313 ITENS, ANEIS , RETENTORES , MANGUEIRAS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160818", "269")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160818", " CD-065-2022, 119 ITENS, JUNTA , ADAPTADOR , RETENTOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160830", "270")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160830", " CD-091-2022, 264 ITENS, ANEIS, FILTROS, RETENTORES E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160832", "271")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160832", " CD-095-2022, 211 ITENS, MANGUEIRAS, MANCAIS , ISOLADOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>803,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160829", "272")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160829", " CD-096-2022, 473 ITENS, TAMPA DE FILTRO, VALVULAS, PISTÃO E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160825", "273")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160825", " CD-101-2022, 407 ITENS, LUVAS, ANEIS, JUNTA, LUVA  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>605,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160833", "274")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160833", " CD-102-2022, 161 ITENS, PARAFUSOS, PLACAS , ANEIS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160831", "275")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160831", " CD-104-2022, 431 ITENS, RETENTOR, MANGUEIRAS , ESTOJOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160826", "276")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160826", " CD-137-2022, 1184 ITENS, ARRUELA, BUCHA, PLACA , ANEIS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160836", "277")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160836", " CD-150-2022, 1298 ITENS, EIXOS , PARAFUSOS, E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>13.400,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160828", "278")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160828", " CD-207-2022, 182 ITENS, PINOS, TANQUES , MANGUEIRAS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>4.132,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160834", "279")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160834", " CD-209-2022, 45 ITENS, FILTRO, EIXO, CILINDRO E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160820", "280")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160820", " CD-211-2022, 498 ITENS, FILTROS, MANGUEIRAS, PLACAS, ANEL E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>4.270,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160823", "281")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160823", " CD-215-2022, 942 ITENS, ANEIS, ARRUELA , MANCAIS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160835", "282")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160835", " CD-220-2022, 546 ITENS, PARAFUSO, BUCHAS, RETENTORES E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160859", "283")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160859", " CD-228-2022, 257 ITENS, ANEIS, JUNTAS, RETENTOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160857", "284")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160857", " CD-231-2022, 242 ITENS, TERMOSTATO, PARAFUSOS , BRAÇADEIRA , FILTROS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160863", "285")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160863", " CD-236-2022, 294 ITENS, BUCHA, PORCAS , MANGUEIRAS , PARAFUSOS,  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160858", "286")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160858", " CD-245-2022, 363 ITENS, MOTOR DE PARTIDA, COMPRESSOR, VALVULAS   E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160864", "287")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160864", " CD-270-2022, 338 ITENS, PORCA, ROLAMENTOS , ANEIS   E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160865", "288")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160865", " CD-271-2022, 276 ITENS, ANEIS , PARAFUSOS, CONJUNTO E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160862", "289")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160862", " CD-272-2022, 257 ITENS, ARRUELA, RETENTORES, CONJUNTO E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>2.102,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160860", "290")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160860", " CD-273-2022, 401 ITENS, ROLAMENTOS, CABO ELETRO,TUBOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>1.466,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160861", "291")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160861", " CD-276-2022, 201 ITENS, MANGUEIRAS, CONJUNTO, JUNTAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160866", "292")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160866", " CD-277-2022, 1157 ITENS, PORCAS, PARAFUSOS, CALCOS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160868", "293")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160868", " CD-310-2022, 222 ITENS, JUNTA COMPONENTE, JUNTA, RETENTOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160870", "294")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160870", " CD-311-2022, 1546 ITENS, MANGUEIRA, PARAFUSOS , RETENTOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160869", "295")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160869", " CD-314-2022, 197 ITENS , SENSOR DE PRE COMANDO , JUNTA E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160867", "296")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160867", " CD-315-2022, 1197 ITENS, MOLAS , ESCOVAS , PORCAS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. BARAO DE COCAIS - MG")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160783", "300")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160783", "CPBS-001-2023 - 5 PEÇAS - LUVA EMENDA CABO 25MM2 40MM, MAGNET; INTELLI, 6407; LM-25 - LOC: ITAGUAI - PORTO DE SEPETIBA/ RJ")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160784", "301")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160784", "CPBS-021-2022 - APROX. 324 ITENS PRENSA, LUVA, EIXO E OUTROS - VEJA DESCRITIVO DE ITENS - LOC: ITAGUAI - PORTO DE SEPETIBA/ RJ")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160785", "302")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160785", "CPBS-022-2022 - 1 CALCO E 2 MODULOS - VEJA DESCRITIVO DE ITENS - LOC: ITAGUAI - PORTO DE SEPETIBA/ RJ")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160810", "303")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160810", "FAB-099-2022 - APROX. 532 ITENS - EIXO, ROLAMENTO, CABOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC: Ouro Preto/MG")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160811", "304")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160811", "FAB-147-2022 - APROX. 202 ITENS - FILTRO, MANGUEIRA, ROLAMENTOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC: OURO PRETO/MG")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>22.200,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160812", "305")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/160812", "FAB-150-2022 - APROX. 133 ITENS - ROLAMENTOS DIVERSOS - VEJA DESCRITIVO DE ITENS - LOC: OURO PRETO/MG")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>40.600,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161020", "310")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161020", " TIG-002-2023, 333 ITENS, SUPORTES , CONDUTORES, MOTOR E OUTROS, VEJA DESCRITIVO DE ITENS -LOC. Mangaratiba - RJ")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161011", "311")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161011", " TIG-003-2023 - 42 ITENS - PARAFUSOS, COPO 1-RCC020 VULCAFLEX E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. Mangaratiba - RJ")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161010", "312")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161010", " TIG-042-2022, 01 DESUMIDIFICADOR EXCLUSIVE 300 - MARC/FAB THERMOMATIC FARGON - N° SERIE JY14 1390078 - MODELO DA-28052 - ANO 2018 - POTÊNCIA 127 V- LOC. Mangaratiba - RJ  ( OBS. DEFEITO: EQUIPAMENTO QUEIMADO, PARADO A MAIS DE 06(SEIS) MESES. ")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161028", "313")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161028", " TIG-043-2022, 117 ITENS, BOMBA, LAMPADA E OUTROS, VEJA DESCRITIVO DE ITENS -LOC. Mangaratiba - RJ")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161026", "314")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161026", " TIG-044-2022, 25 ITENS, ENCODER, CONDULETE , PLUGUE, VEJA DESCRITIVO DE ITENS -LOC. Mangaratiba - RJ")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161021", "315")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161021", " TIMBO-001-2022, 1 ELEM FLEX ELAST SBR NOR-MEX E265 VULKAN, LOC. MARIANA/MG")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161013", "316")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161013", " GOV-071-2022, 34 ITENS, LASTRO, MANCAL , MOLA COMPONETE E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. GOVERNADOR VALADARES")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161015", "317")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161015", " OIA-051-2022, 16 ITENS, CHAVES, PARAFUSOS, CONECTOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. Ourilândia/ PA")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161033", "318")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161033", " OIA-053-2022, 25 ITENS, MANCAIS, ATUADOR , ACOPLAMENTOS, VEJA DESCRITIVO DE ITENS - LOC. Ourilândia/ PA")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>1.510,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161034", "319")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161034", " OIA-054-2022, 458 ITENS, GAXETA, BICOS, ANEIS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. GOVERNADOR VALADARES/ MG")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161012", "320")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161012", " OIA-055-2022, 147 ITENS, RODAS, SUPORTES, CAPAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. GOVERNADOR VALADARES")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161035", "321")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161035", " OIA-056-2022, 187 ITENS, PNEUS, SENSORES, TAMPAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. GOVERNADOR VALADARES/ MG")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161027", "322")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161027", " PIC-394-2023, 236 ITENS, JUNTAS, PERSINAS, ARRUELAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161016", "323")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161016", " PIC-398-2023, 100 ITENS, MANGUEIRAS, FIXADOR, ENGRENAGEM  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161014", "324")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161014", " PIC-400-2023, 242 ITENS, ANEIS, PARAFUSOS, GRAMPOS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161030", "325")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161030", " PIC-413-2023, 198 ITENS, JUNTAS, ANEIS , RETENTORES  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161017", "326")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161017", " PIC-415-2023, 325 ITENS, FERRAMENTAS, ARRUELAS , CONJUNTO DE TUBOS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161029", "327")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161029", " PIC-417-2022- 195 ITENS, FILTRO DE AR, ADAPTADOR, RETENTOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161025", "328")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161025", " PIC-418-2022, 95 ITENS, VEDAÇÃO, CONJUNTO FILTRO, MANGUEIRAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161023", "329")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161023", " PIC-420-2023, 87 ITENS, PARAFUSOS, MANGUEIRAS, CONEXÃO E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161031", "330")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161031", " PIC-422-2023, 52 ITENS, CORREIAS, PINOS, FILTROS  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161024", "331")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161024", " PIC-423-2023 - APROX. 150 ITENS - FILTRO FLUID, PINOS,PLACAS E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161018", "332")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161018", " PIC-424-2023 - APROX.1249 - ITENS, MANCAIS, PINOS, COLLAR  E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161022", "333")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161022", " PIC-425-2023 - 27 ITENS - CONDENSADOR AR CONDICIONADO, CORREIA E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161032", "334")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161032", " PIC-444-2022 - APROX. 32 ITENS - BOMBAS , REDUTORES , TAMBORES E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161019", "335")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161019", " PIC-445-2022 - APROX. 51 ITENS - REDUTOR , EXCITADOR , VIBRADOR E OUTROS, VEJA DESCRITIVO DE ITENS - LOC. ITABIRITO / MINAS GERAIS")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>28.300,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161038", "336")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161038", " FAB-159-2022 - APROX. 340 ITENS. - MANGUEIRA 2143737 CATERPILLAR; BUCHA DA MOLA DIANTEIRA P; RELÉ R434024 E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161036", "337")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161036", " FAB-160-2022 - APROX. 1070 ITENS. - RETENTOR VED NBR 90MM 110MM; CARCAÇA S57; LAMINA RASPADORA 765MM, E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161051", "338")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161051", " FAB-161-2022 - APROX. 6940 ITENS. - JOELHO GALVANIZADA 3/8" 90°; PORCA M30; ARRUELA SUSP. M20; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161048", "339")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161048", " FAB-162-2022 - APROX. 2415 ITENS. - PORCA SEX 24MM; PARAFUSO CAB. QUADRADA M36X150; PARAFUSO 7/8"X5"; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161047", "340")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161047", " FAB-163-2022 - APROX. 240 ITENS. - UNIAO 1521548 SCANIA; CONEX 812882 SCANIA; TAMPA 2346502 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161043", "341")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161043", " FAB-164-2022 - APROX. 910 ITENS. - MANGUEIRA HIDR 3109498 CATERPILLAR; ROLAMENTO 23240 EMF1KD1; PORCA 30MM METR;  E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>33.150,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161052", "342")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161052", " FAB-165-2022 - APROX. 170 ITENS. - ROL ESF 61948 MA SKF; MANCAL ROLAMENTO FLANG RED; ANEL INT ROLAM AGUL 110MM; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>12.550,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161045", "343")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161045", " FAB-166-2022 - APROX. 130 ITENS. - PLACA 2755471 CATERPILLAR; PASSADICO 10058895 LIEBHERR; PARAFUSO 4901443 LIEBHERR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161044", "344")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161044", " FAB-167-2023 - APROX. 315 ITENS. - PRISION 1734958 SCANIA; MANGUEIRA EXTINÇÃO INCÊNDIO; PARAFUSO 1304360 CATERPILLAR;  E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161039", "345")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161039", " FAB-168-2023 - APROX. 8 ITENS. - CORDAO ELETRODOMESTICO;604H09 INDUSCABOS; CAPA DESG 851B-27-06025 DESENHO VALE; CAIXA ROLAM FOFO 140MM; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>843,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161037", "346")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161037", " SSG-018-2021-MRO - APROX. 180 ITENS. - ANEL 90702240 KOMATSU; MANGUEIRA 3633076 CUMMINS; JUNTA 205288 CUMMINS; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161049", "347")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161049", " SSG-056-2022-MRO - APROX. 145 ITENS. - COLMEIA COMPONENTE; ;2435771 CATERPILLAR; DISJUNTOR 1200A; PISTAO 1885016 CATERPILLAR;  E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>45.400,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161042", "348")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161042", " SSG-057-2022-MRO - APROX. 2570 ITENS. - PROTETOR SUPERIOR 5125562 ESCO SOLDERING; FILTRO AR 8T-6288 CATERPILLAR; ANEL O 72063360 BUCYRUS; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161040", "349")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161040", " SSG-059-2022-MRO - APROX. 870 ITENS. - COTOVELO 5P2645 CATERPILLAR; DISJUNTOR 1,6A 6KA UNIPOLAR; DISJUNTOR 2A; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161050", "350")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161050", " SSG-061-2022-MRO - APROX. 190 ITENS. - FILTRO 1065534 CATERPILLAR; ANEL RETEN 3402376 CATERPILLAR; PLACA 8X5976 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-      <c r="A243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161041", "351")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161041", " SSG-062-2022-MRO - APROX. 70 ITENS. - FILTRO OLEO; FILTRO FLUIDO AR; PORCA 1.1/2PL BSW; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161046", "352")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161046", " SSG-064-2022-MRO - APROX. 190 ITENS. - ABRACAD 5N7834 CATERPILLAR; PARAFUSO 7K3436 CATERPILLAR; MANCAL 8J5778 CATERPILLAR; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. CANAÃ DOS CARAJÁS/PA")</f>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161070", "353")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161070", "MRB-EQ-004-2022 - 2 LAVADORA DE ALTA PRESSÃO 440V HD 12/15 S NORTEL KARCHER. - MARABA/PA")</f>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
-      <c r="A246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161071", "354")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161071", "SLS-MRO-055-2022 - 11 ITENS - MODULOS, ACOPLAMENTOS , TAMBOR E OUTROS- VEJA DESCRITIVO DE ITENSS, LOC. São Luís - MA")</f>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>