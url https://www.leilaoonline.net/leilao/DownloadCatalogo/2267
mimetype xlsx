--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161054", "030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161054", "CAMINHÃO IVECO DAI MOD T3510B; 1999/1999; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161053", "040")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161053", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>110.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161055", "041")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161055", "veja o vídeo!! ÔNIBUS MARCOPOLO/VOLARE A8 ON; 2000/2001; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162145", "042")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162145", "veja o vídeo!! VW/KOMBI FURGAO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161056", "050")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161056", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>119.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161059", "053")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161059", "CAMINHÃO M. BENZ/L 1513; 1979/1979; AMARELA; DIESEL; 5,17 ENTRE EIXO - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161057", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161057", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161058", "057")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161058", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161064", "061")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161064", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161060", "063")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161060", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>114.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161062", "066")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161062", "CAMINHÃO FORD/CARGO 712; 2009/2009; PRATA; DIESEL; PLATAFORMA GUINCHO - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>103.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161063", "067")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161063", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>139</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>85.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161061", "072")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161061", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161065", "087")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161065", "CAMINHÃO MERCEDES BENZ 1113; 1969/1969; VERDE; DIESEL")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161066", "097")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161066", "CAMIONETA GM/CHEVROLET D10; 1984/1984; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161067", "111")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161067", "CAMIONETA FORD/SR DESERTER; 1993/1993; BRANCA; DIESEL; TURBINADA; HIDRÁULICA (DESLIGA NA CHAVE) - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...493 lines deleted...]
-      </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161068", "114")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161068", "CAMINHONETE FORD/F100; 1973/1973; AZUL; DIESEL; MOTOR MERCEDES 608 - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>