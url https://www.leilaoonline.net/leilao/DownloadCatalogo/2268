--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,1275 +269,1119 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161100", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161100", "[ VÍDEO ] RETROESCAVADEIRA JCB  MOD. 214 ANO 2002 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161656", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161656", " COLHEDORA DE CANA CASE MOD. 7700 ANO 2007 - MOTOR CUMMINS ( FEITO A 3 MESES) - PARTE HIDRÁULICA REVISADA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161087", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161087", "[ VÍDEOS ] TRATOR FORD 6600. CONCHA. Ano não informado.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161657", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161657", " RETROESCAVADEIRA CASE MOD. 580M 4X4 ANO 2010 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161658", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161658", " IVECO / DAILY 70C CABINE DUPLA / CARROCERIA ANO 2014.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161083", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161083", " 2 Blocos de motor John Deere 6090")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161089", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161089", "[ VÍDEO ] TRATOR DE ESTEIRA FIATALLIS MOD. 75CI ANO 1971 - FUNCIONANDO / PARTE RODANTE MEIA VIDA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161090", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161090", "MINICARREGADEIRA BOBCAT MOD. S130 ANO 2012")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>123.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161660", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161660", " SEMI-REBOQUE FACCHINI ANO 209/2010 - COM PNEUS - 25M³")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161655", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161655", " CULTIVADOR DMB MOD. SÃO FRANCISCO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161077", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161077", " Cabine suplementar marca Gascom 2 portas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161659", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161659", "[ VÍDEO ] GRADE ARADORA - MANCAL A ÓLEO - 14 X 28 DISCOS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161654", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161654", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 924H ANO 2010")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161074", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161074", " 2 para-choques Trator New Holland TL 75")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162121", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162121", "TRANSBORDO CIVEMASSA MOD. TAC13.000  CAPAC. 13 TON. - 3 EIXOS ANO 2007 - SEM PNEUS / SEM RODAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161072", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161072", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161075", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161075", "8 pistões, sendo 6 sem uso e 2 usados. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161078", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161078", " Carrocerria oficina com armários marca Gascom")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163345", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163345", "FORD / CARGO 2422 ANO 1998/1998")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161088", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161088", "SEMI REBOQUE FACCHINI ANO 1997")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161084", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161084", " Varredeira Marca Ausa ano 2012 /2.290 hrs/motor funcionando")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161081", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161081", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161080", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161080", " Dolly Randon c/ quinta roda (revisado. Sem direito a documentação)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161073", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161073", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161079", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161079", " Baú refrigerado Gancheiro assoalho canelado ano 2013")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161086", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161086", "EMPILHADEIRA DAEWOO ANO 1998 - CAPAC.2.5 TON. A GÁS - (NÃO ACOMPANHA CILINDRO). FUNCIONANDO.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161098", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161098", "EMPILHADEIRA CLARK C300 CAPAC. 2,5 TON ANO 1990 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161082", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161082", " Conjunto de Barras traseira. Tratores John Deere")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>8.300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161099", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161099", "EMPILHADEIRA TOYOTA  FG60 CAPAC. 3  TON  ANO 1990")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161101", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161101", "[ VÍDEO ] EMPILHADEIRA YALE GP50 2,5 TON ANO 2003")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161102", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161102", "EMPILHADEIRA DAEWOO  2,5 TON ANO 1998 - TORRE TRIPLEX (FALTA BOMBA DA TRANSMISSÃO E BOMBA DO HIDRÁULICO)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161091", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161091", "COMBOIO MARCA LDA CAPACIDADE APROX. 10.000 LTS ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161092", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161092", "MB SPRINTER 313 CDI ANO 2004 / 2005 - DIESEL - C/ AR CONDICIONADO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>19.700,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161093", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161093", "LOTE CONTENDO: 1 TORNO C/ BANCADA, 1 MANDRIL E FERRAMENTAS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161094", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161094", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2017")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161095", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161095", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2017")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161096", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161096", "TANQUE EM AÇO CARBONO CAPAC. 7.000 LTS ANO 2013")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...1086 lines deleted...]
-      </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161097", "046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161097", "MB / L 2220 ANO 1988/1989 - FUNCIONANDO - NO CHASSI - SEM BATERIA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161076", "049")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161076", " Carroceria borracheira Gascom. Ano 2014")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>