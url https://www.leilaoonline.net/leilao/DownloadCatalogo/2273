--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161624", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161624", " (5 itens) -  1 pistola elétrica para pintura sem uso + 1 serra tico tico pneumática sem uso+ 1 vídeo k7 Panasonic + 1 DVD Samsung + 1 DVD philps")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161621", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161621", "( 5 itens) 1 Pistola elétrica de pintura sem uso + 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 8 colunas  de 2.40 mts de altura + 1 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161628", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161628", "2 pneus charrete aro 21. Raridade Sem uso. Medida 4.50-21")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161629", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161629", "[ VÍDEO ] Macaco jacaré hidráulico 3 toneladas, sem uso")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161642", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161642", "  ( 2 itens) 1 macaco hidropneumatico capacidade 35 toneladas   1 desforcimetro com 4 soquetes. Itens sem uso. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161639", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161639", "  ( 2 itens) 1 macaco hidraulico  capacidade 20 toneladas   1 desforcimetro com 4 soquetes. Itens sem uso.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161640", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161640", " ( 2 itens) 1 macaco hidraulico  capacidade 35 toneladas   1 chave pneumatica de impacto profissional com kit de 4 soquetes. Itens sem uso.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161638", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161638", " ( 2 itens) 1 macaco hidraulico  capacidade 16 toneladas   1 chave pneumatica de impacto profissional encaixe de 1/2 . Itens sem uso.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...10 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161641", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161641", " ( 2 itens) 1 macaco hidraulico  capacidade 3.5 toneladas baixo bovenau   1 calibrador analógico com bico de encher pneus . Itens sem uso. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161630", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161630", "  Peças para piscina sem uso")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161636", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161636", " ( 4 itens) 1 calibrador analógico com bico ee encher pneus  2 cavaletes capacidade 2 toneladas  1 chave pneumatica de impacto profissional encaixe de 1/2 . Itens sem uso. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161633", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161633", " ( 3 itens) 1 macaco hidraulico  capacidade 12  toneladas bovenau   1 calibrador analógico com bico de encher pneus   1 chave 30x33 profissional cromo vanadium .Itens sem uso. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161635", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161635", " ( 3 itens) Vulcanizadora de camara de ar profissional  Vulcanizadora de pneu fixa profissional   calibrador analógico  com bico de encher. itens sem uso.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161620", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161620", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161631", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161631", " Lote com aproximadamente 60 calotas de rodas automotivas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161637", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161637", " ( 4 itens) Vulcanizadora de camara de ar profissional  Vulcanizadora de pneu fixa profissional   calibrador analógico  com bico de encher  kit espatula truck com trava . itens sem uso.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161634", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161634", " ( 2 itens) 1 bazuca assentador de talão profissional   1 kit espatula truck p/ pneu sem camara de caminhao. Itens sem uso. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161632", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161632", " ( 4 itens) 4 furadeira reversível pneumática Todos itens sem uso.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161622", "037")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161622", " ( 3 itens ) 1 macaco 8 toneladas sem uso   1 numerador de pneus sem uso   1 alicate corta vergalhao sem uso.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161625", "040")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161625", "  ( 3 itens) 1 assentador de talão bazuca   1 chave de roda profissional   1 mini compressor, sem uso.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161623", "042")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161623", " (Lote 8 itens) sem Uso 4 kit reparo pneus sem camara   1 riscador de pneus manual   2 alicate de bico  mais 300 peças  de rodar de caminhão  diversas.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161618", "076")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161618", "(4 itens) Pistola de pintura elétrica sem uso + Farol automotivo, sem uso +  Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm. Sem uso.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161619", "081")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161619", "( 13 itens) 1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...410 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161627", "228")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161627", "  2 pistolas de pintura eletrica sem uso. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161626", "229")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/161626", "  1 pistola elétrica de pintura sem uso. ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>