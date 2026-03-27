--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164241", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164241", " Lote com: 8 unidades motores 2 cv 1700 RPM e 11unid. 2cv 1100 RPM - Diversas marcas - montados")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164253", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164253", " Lote com: 19 unid. Motores de 0,5 a 1,5 CV - Diversas marcas, sem placa")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164244", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164244", " Lote com: 11 unid. Motores 3 cv 1100 RPM - Diversas marcas, sem placa")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164243", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164243", " Motor 3 cv 3400 RPM - Weg")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164247", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164247", " Lote com: 2 unidades Motor 5 cv - Weg - sem placa")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164245", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164245", " motor 150 CV 1100 RPM - Sem uso ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>143</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>19.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164251", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164251", " Lote com: 03 unidades motor 20 cv - carcaças e eixos danificados")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164246", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164246", " motor 75 cv 3500 RPM - Tampas danificadas. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164250", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164250", " Lote Pneus com: 13 pcs 700 x 12 c/rodas - 11 pcs  600 x 09 c/rodas -2 pcs 600 x 9 s/rodas - 2 pcs  12 x 4 x 24 s/rodas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164255", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164255", " Sucata de Grafite – aproximadamente 37 Tons - Lance por Kg")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>151.700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164252", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164252", " Sucata de Ferragens – aproximadamente 150 Tons - Lances por Kg")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164254", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164254", " Lote de matéria Prima Carepa - código 1110027 - Peso do lote: 214.918Kg  (Habilitação especial - Sistema MTR ) - Lance por KG")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>0,30</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164256", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164256", " Lote de matéria Prima Hematita - código 1110040 - Peso do lote: 13.555Kgs  (Habilitação especial - Sistema MTR ) - Lance por KG")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>0,10</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164248", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164248", " Lote de matéria Prima Bloquete Carbono - código 1110137 - Peso do lote: 26.700 Kgs  (Habilitação especial - Sistema MTR ) - Lance por KG")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>34.710,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164249", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164249", " Lote de matéria Ilmenita Aluvionar - código 1110163 - Peso do lote: 129.340 Kgs  (Habilitação especial - Sistema MTR ) - Lance por KG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>0,20</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>