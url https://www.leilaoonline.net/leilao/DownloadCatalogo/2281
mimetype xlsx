--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162162", "120")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162162", "01 UNIDADE - MOEDOR DE MADEIRA - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162163", "121")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162163", "01 UNIDADE - Mini Usina UACF 12PME - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162165", "162")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162165", "01 UNIDADE - QUEIMADOR HAUCK 2000M Q.ÓLEO 60HZ  - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162171", "165")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162171", " 1 UNIDADE - ESTR REFÇ EA STA 50P SD CJ. - LOC. PORTO ALEGRE/RS  ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162172", "166")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162172", "4 UNIDADES - TUBULAÇÃO DE GÁS 4" SD CJ. - LOC. PORTO ALEGRE/RS                      ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162169", "167")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162169", "2 UNIDADES - TUBULAÇÃO DE GÁS 4" 2 CURVA SD CJ. - LOC. PORTO ALEGRE/RS              ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162170", "168")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162170", "4 UNIDADES - CILINDRO HIDRAULICO D127X90X1750. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.700,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162168", "169")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162168", "4 UNIDADES - COMPRESSOR SCHULZ 100PCM 60HZ. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>33.100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162166", "170")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162166", "3 UNIDADES - VÁLVULA DE EMERGENCIA D750 MTD CJ. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162167", "171")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162167", " 1 UNIDADE - SEGM 4 TUBULAR C202 SD CJ. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>