--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162154", "438")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162154", " Harvester Komatsu PC200-8, ANO 2011, INVEN. 7247015. - LOC. Aracruz/ES")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162149", "543")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162149", " Harvester Komatsu PC200-8, ANO 2011, INVEN. 7247017. - LOC. Aracruz/ES")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162152", "591")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162152", " Harvester Komatsu PC200-8, ANO 2011, INVEN. 7247026. - LOC. Aracruz/ES")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162151", "653")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162151", " Harvester Komatsu PC200-8, ANO 2011, INVEN. 7247021. - LOC. Aracruz/ES")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162150", "759")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162150", " Harvester Komatsu PC200-8, ANO 2012, INVEN. 7247033. - LOC. Aracruz/ES")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>70.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162153", "801")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162153", " Harvester Komatsu PC200-8, ANO 2011, INVEN. 7247007. - LOC. Aracruz/ES")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162148", "830")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162148", " Harvester Komatsu PC200-8, ANO 2011, INVEN. 7247013. - LOC. Aracruz/ES")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>