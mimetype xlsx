--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,3547 +269,3107 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163347", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163347", " HONDA XLX 350cc RELÍQUIA ANO 1987,  FREIO A DISCO, ARO DE RODAS DE ALUMÍNIO , (EM FUNCIONAMENTO).")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.990,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162233", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162233", "[ VÍDEO ] SUZUKI VESTRON 650cc ANO 2011/2012. EM FUNCIONAMENTO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>19.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163357", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163357", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162239", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162239", " YAMAHA XTZ 250  LANDER  ano 2019/2020 FLEX")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163355", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163355", " ALFORGE MALA TRASEIRA EM COURO LEGÍTIMO BIG DUPLA P/ MOTOCICLETAS CUSTOM. MODELO DE LUXO C/ DIVERSAS COMPARTICIPAÇÕES E OPÇÃO DE USAR MALAS SEPARADAS OU JUNTAS. ( P/GUARDAR CAPACETE/ ROUPAS E ETC)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164319", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164319", "MONARK TIGRÃO ANO 1973  MOD. BLACK TIGER ARO 20 RELÍQUIA P/ COLECIONADORES ARO 20, DIVERSOS ACESSÓRIOS; FAROL, RETROVISORES, 04 LANTERNAS TRASEIRAS, 02 LANTERNAS DIANTEIRAS, MANOPLAS DE PUNHO, BANCO BANANA, SANTO ANTÔNIO, PNEUS COR BRANCA, PARA BARRO E ETC, RICA EM PEÇAS E DETALHES  CROMADOS. (ESTAV")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162197", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162197", "CAMINHONETE LIMUSINE. DIESEL. ANO 1990. EM FUNCIONAMENTO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163354", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163354", " 102 UNIDADES DE FRASCOS DE COLA, SENDO: 90 TRANSPARENTE DE 473 ml CADA, 12 BRANCA DE 946 ml CADA. PARA USO PROFISSIONAL OU DOMÉSTICO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163366", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163366", " Caloi Cross aro 20, Antiga da década de 1980, Original para Colecionadores")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163360", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163360", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163352", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163352", "[ VÍDEO ] LOTE ÚNICO, CONTENDO 01 PALETE C/ DIVERSAS LATAS DE TINTAS, GALÕES, BALDES, SOLVENTES, DIVERSAS CAIXAS C/ SPRAY, ADESIVOS, E OUTRAS SOBRAS, ITENS,  DIVERSOS.( NO ESTADO).")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163348", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163348", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163363", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163363", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163364", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163364", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163351", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163351", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162238", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162238", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163361", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163361", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162215", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162215", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163353", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163353", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162220", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162220", " LOTE CONTENDO 01 VENTILADOR DE TETO PARA RACK MODELO:  APC ACF502 , 220V P/ RACK NETSHELTER SX AR3100, ( SEM USO) ( NA CAIXA).")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163362", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163362", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163349", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163349", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163373", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163373", "LOTE CONTENDO 05 JOGOS DE TAPETES COMPLETOS PARA VEÍCULOS DIVERSAS MARCAS; HONDA, GM, VW, CITROEN, GM, FORD e OUTROS.  LACRADOS NO PLÁSTICO.( SEM USO).")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162236", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162236", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163317", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163317", " LOTE CONTENDO 06 UNIDADES TINTAS  INDUSTRIAL P/ NAVAL E IMOBILIÁRIOS, COR CINZA MÉDIO, Conforme Fotos T-20")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163340", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163340", "[ VÍDEOS ]  CAIXA C/ GRANDE QUANTIDADE DE CÉDULAS DE DINHEIRO NACIONAL ANTIGAS, ORIGINAIS DE ÉPOCA DE DIVERSOS DATAS E VALORES, PARA COLECIONADORES. ( NO ESTADO).")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163346", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163346", " CHEQUE ORIGINAL 14 MESES DE ALUGUEL DO SR MADRUGA PARA O ATOR EDGAR VIVAR  (O Sr BARRIGA) DO CHAVES. ESSE CHEQUE FOI ENTREGUE NO PROGRAMA PÂNICO NA TV NO DIA 18/09/2011, É TOTALMENTE ORIGINAL E EXCLUSIVO, MEDINDO; 2,44 X 1,25 RELÍQUIA PARA COLECIONADORES, SEGUE FOTOS E VÍDEO DO DIA DA ENTREGA.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163319", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163319", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162199", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162199", " LOTE CONTENDO 08 UNIDADES DE SACHES DE SOLDA EXOTÉRMICA DISCO E IGNITOR.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162198", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162198", " Lote Contendo 25  Unidades de Chumbadores Químicos em Ampolas , Diversas medidas, marcas RockBolt  e Âncora, conforme fotos.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163374", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163374", "LOTE CONTENDO 05 JOGOS DE TAPETES COMPLETOS PARA VEÍCULOS DIVERSAS MARCAS; HONDA, GM, VW, CITROEN, GM, FORD e OUTROS.  LACRADOS NO PLÁSTICO.( SEM USO).")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163315", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163315", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162208", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162208", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C23" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163367", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163367", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D23" s="4" t="inlineStr">
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163326", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163326", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162207", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162207", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163344", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163344", "[ VÍDEO ] LOTE CONTENDO 70 UNIDADES DE  BRINQUEDOS  COLECIONÁVEIS , VÁRIOS MODELOS, MARCAS  E TAMANHOS, CONFORME AS FOTOS, P/ COLECIONADORES  ( VÁRIOS SÃO RAROS).")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C27" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162226", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162226", "[ VÍDEO ] BALEIRO ANTIGO, GRANDE C/ 03 ANDARES.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D27" s="4" t="inlineStr">
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162209", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162209", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163339", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163339", " LOTE GRANDE DE BRINQUEDOS E PEÇAS, DIVERSOS MODELOS, CONFORME FOTOS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162231", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162231", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162206", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162206", "LOTE CONTENDO 20 CAIXAS DE JOGO PULA SAPINHO ORIGINAL MARCA GULLIVER , ( NA CAIXA E  SEM USO ). BRINQUEDO SENSAÇÃO DA DECADA DE 1990, PARA CRIANÇAS E ADULTOS.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163333", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163333", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163358", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163358", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163338", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163338", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163359", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163359", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D31" s="4" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163335", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163335", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162201", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162201", "COLEÇÃO CONTENDO 25 UNIDADES POUPANÇUDOS  COLECIONÁVEIS , VÁRIOS MODELOS, P/ COLECIONADORES   (VÁRIOS RAROS). C- 03")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163356", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163356", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D32" s="4" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163341", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163341", " LOTE C/ 10 UNIDADES DE RADIO CONTROLE P/ AERO MODELO, DRONE e OUTROS, CONFORME FOTOS.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D35" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162204", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162204", " LOTE CONTENDO 100 UNIDADES DE SPINNER  VÁRIOS MODELOS, MARCAS E CORES CONFORME AS FOTOS.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162230", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162230", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163350", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163350", "[ VÍDEO ] 20 BRACELETES DE LUXO / PULSEIRA C/ PUNHO ABERTO EM METAL C/ TEXTURA E CRAVEJADO C/ PEDRARIAS, DIVERSOS TAMANHO E MODELOS, ( SEM USO).")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162213", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162213", " 20 UNIDADES DE SELANTE , BORRACHA LÍQUIDA 3  HM RUBER 300g CADA ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162202", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162202", "COLEÇÃO CONTENDO 25 UNIDADES POUPANÇUDOS  COLECIONÁVEIS , VÁRIOS MODELOS, P/ COLECIONADORES   (VÁRIOS RAROS).")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163325", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163325", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162224", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162224", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163318", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163318", " LOTE CONTENDO 25 UNIDADES DE SPRAY REVELADOR METAL CHEK E EPOTCHECK")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D36" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163328", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163328", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162223", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162223", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E36" s="5" t="inlineStr">
-[...181 lines deleted...]
-      <c r="C42" s="4" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162229", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162229", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163342", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163342", " LOTE C/ 10 UNIDADES DE RADIO CONTROLE P/ AERO MODELO, DRONE e OUTROS, CONFORME FOTOS. ( CT-2).")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162221", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162221", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163320", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163320", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162218", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162218", "[ VÍDEO ] LOTE CONTENDO 50 BOLSAS TÉRMICAS ORIGINAIS SADIA PERDIGÃO (sem uso).")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162240", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162240", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162196", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162196", " 01 Saco de 25kg de metalicato de sódio. (embalagem aberta).")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163334", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163334", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162241", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162241", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163372", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163372", "LOTE CONTENDO 05 JOGOS DE TAPETES COMPLETOS PARA VEÍCULOS DIVERSAS MARCAS; HONDA, GM, VW, CITROEN, GM, FORD e OUTROS.  LACRADOS NO PLÁSTICO.( SEM USO).")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162228", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162228", " LOTE CONTENDO 12 PARES DE TÊNIS MARCA TOPPER ORIGINAL, DIVERSAS NUMERAÇÕES, (SEM USO).")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162219", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162219", " LOTE CONTENDO 01 VENTILADOR DE TETO PARA RACK MODELO:  APC ACF502 , 220V P/ RACK NETSHELTER SX AR3100, ( SEM USO) ( NA CAIXA).")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163323", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163323", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162242", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162242", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163314", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163314", " LOTE CONTENDO 1,6 kg DE ARALDITE PROFISSIONAL; 03 kg DE ADESIVO EPÓXI VEDACIT COMPOUNT E 02 kg DE ADESIVO EPÓXI SIKADUR 31.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162216", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162216", " LOTE CONTENDO 50  KITS DE  BRINQUEDOS COLECIONAVEIS  ORIGINAL MARCA GULLIVER ,  DIVERSOS MODELOS ( SEM USO ). ESTOQUE ANTIGO, ALGUNS SÃO BEM RAROS, PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162205", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162205", " LOTE CONTENDO 100 UNIDADES DE SPINNER  VÁRIOS MODELOS, MARCAS E CORES CONFORME AS FOTOS.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162245", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162245", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163336", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163336", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162222", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162222", " LOTE CONTENDO 01 VENTILADOR DE TETO PARA RACK MODELO:  APC ACF502 , 220V P/ RACK NETSHELTER SX AR3100, ( SEM USO) ( NA CAIXA).")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163343", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163343", " LOTE C/ 10 UNIDADES DE RADIO CONTROLE P/ AERO MODELO, DRONE e OUTROS, CONFORME FOTOS. ( CT-1).")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162200", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162200", "100 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162225", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162225", " LOTE CONTENDO 01 VENTILADOR DE TETO PARA RACK MODELO:  APC ACF502 , 220V P/ RACK NETSHELTER SX AR3100, ( SEM USO) ( NA CAIXA).")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163322", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163322", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163324", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163324", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163332", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163332", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163329", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163329", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162227", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162227", "[ VÍDEO ] LOTE C/ APROX. 400 UNIDADES DE GELOUCOS ANTIGOS , PARA COLECIONADORES, VÁRIAS CORES E MODELOS (MUITOS SÃO RAROS).")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163330", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163330", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163327", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163327", " LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162243", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162243", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162247", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162247", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162244", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162244", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162248", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162248", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162250", "097")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162250", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163371", "098")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163371", "LOTE CONTENDO 05 JOGOS DE TAPETES COMPLETOS PARA VEÍCULOS DIVERSAS MARCAS; HONDA, GM, VW, CITROEN, GM, FORD e OUTROS.  LACRADOS NO PLÁSTICO.( SEM USO).")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162252", "099")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162252", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162211", "101")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162211", "100 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162249", "102")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162249", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162246", "103")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162246", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162251", "104")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162251", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162203", "106")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162203", " LOTE CONTENDO 100 UNIDADES DE SPINNER  VÁRIOS MODELOS, MARCAS E CORES CONFORME AS FOTOS.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162210", "107")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162210", "100 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163321", "111")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163321", "[ VÍDEO ] LOTE C/ 12 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163316", "117")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163316", "LOTE CONTENDO 100 CÉDULAS DE DINHEIRO ANTIGO ORIGINAL, DE VÁRIOS VALORES E ÉPOCAS,  EM EXCELENTE ESTADO DE CONSERVAÇÃO, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D42" s="4" t="inlineStr">
+      <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E42" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D43" s="4" t="inlineStr">
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162191", "133")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162191", " 04 Máquinas de escrever Marca Olivetti  mod  Linea 98")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E43" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D44" s="4" t="inlineStr">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162195", "146")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162195", " 04 equipamentos Antigos para agricultura. Sendo: 01 Gradeado, 01 Arado, 01 Plantadeira e 01 Carpideira.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E44" s="5" t="inlineStr">
-[...2334 lines deleted...]
-      </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162193", "147")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162193", "[ VÍDEO ] Lote de itens Antigos. Sendo: 01 - Relógio De Ponto, 02-Relógios quadrados grandes, 01 - Campainha de elétrica de Sino. ")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162192", "148")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162192", " Lote Contendo 10 equipamentos de impressão e telefonia")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162194", "149")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162194", " Lote contendo diversos itens, sendo: 04 telefones sem fio, 02 mini  gravador , 02 Vou, 01 nobrek, 04 vídeo cassete e diversos cabos e outros.")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>