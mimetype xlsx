--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,3963 +269,3471 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162972", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162972", " Rosca molhadora de trigo , Completa com Motor . Marca: Sangati S.A.Capacidade: 25 t/h")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162963", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162963", " Balança de fluxo de trigo , Completa com Moegas de Alimentação e SaídaMarca: Vectra Capacidade: 25 t/h")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162983", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162983", " Polidora de trigo Marca: Buhler Capacidade: 10 t/h")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162960", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162960", " Polidora de trigo Marca: Buhler Capacidade: 10 t/h")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162961", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162961", " Conjunto de 15 esclusas (válvulas Rotativas ) – Diversos tamanhos e diâmetrosarca: Buhler")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162985", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162985", " Ventilador pneumático de alta pressão Com base e motor WEG de 150 cv Marca : Bernauer Capacidade : 8,5 t/h de trigo moído")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162966", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162966", " Ventilador de aspiração de baixa pressão Com motor WEG de 20 cv Marca: Bernauer Capacidade / volume: 240 m³/min")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162974", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162974", " Ventilador pneumático de alta pressão Com motor WEG de 75 cv Marca: Bernauer Capacidade : 4,2 t/h de trigo moído")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162962", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162962", " Ventilador de aspiração de baixa pressão Com motor de 20 cv Capacidade/volume : 100 m³/min")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162979", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162979", " Elevador de canecas duplo Para trigo e outros cereais , Completo com Moto-Redutor Marca : Coppi Altura 20 metros Capacidade: 10 t/h")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162990", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162990", " Polidora de trigo com Canal de aspiração completa com motor Marca : Sangati Capacidade: 10 t/h")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162981", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162981", " Conjunto de sistema pneumático completo contendo: Esclusas ( válvulas rotativas ), ciclonetes, visores, eixos Moto-redutores, tubos, curvas, luvas , Ventilador Bernauer com Motor de 150 cv , Silenciador de Ruídos . Marca : Sangati Capacidade: Para um moinho de até 150 t/dia")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Repasse</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162980", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162980", " Ventilador de aspiração de baixa pressão Com motor WEG de 20 cv Capacidade / volume: 240 m³/min")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162971", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162971", " Filtro de baixa pressão 12 mangas / 120 mm/ 2800 mm Marca: Buhler Capacidade:")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162997", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162997", " Turbo peneira de farinhas Marca: Sangati Capacidade: 10 ton/h")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162964", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162964", " Soprador de ar Marca: Robuschi RBS 15 com reservatório w sistema de segurança")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162992", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162992", " Rosca tripla 10 ton/h Comprimento 7,5 metros diâmetro 220 mm , Com moto-redutor")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162977", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162977", " Filtro de alta pressão 24 mangas/120/2600mm Marca: Buhler")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162984", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162984", " Válvula diversora para transporte pneumático Marca: Coppi Diametro Linha 150 mm")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162975", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162975", " Plansifter modelo MPAG 6/25 Sistema de Alto Rendimento Marca: Buhler , com motor 28 peneiras/ compartimento")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162987", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162987", " Turbo Peneira Vertical Marca: Zaccaria Capacidade: 5,0 ton/h")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163014", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163014", " Turbo Peneira Vertical Marca: Zaccaria Capacidade: 5,0 ton/h")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163007", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163007", " Plansifter modelo MPAG 8/25 Marca: Buhler 26 peneiras / compartimento")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162969", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162969", " Plansifter modelo MPAG 8/25 Marca: Buhler 26 peneiras / compartimento")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163039", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163039", " Vibro centrifuga modelo MKVA Marca: Buhler Capacidade: 5 ton/h")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163045", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163045", " Escovadeiras de farelo MKLA Marca: Buhler Capacidade: 5 ton/h")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163049", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163049", " Escovadeiras de farelo MKLA Marca: Buhler Capacidade: 5 ton/h")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162976", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162976", " Escovadeiras de farelo MKLA Marca: Buhler Capacidade: 5 ton/h")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162970", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162970", " Escovadeiras de farelo MKLA Marca: BuhlerCapacidade: 5 ton/h")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163019", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163019", " Balança de Fluxo de trigo , completa com moega de alimentação Marca: Vectra Capacidade: 15 ton/h")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162982", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162982", " Balança de Fluxo de trigo , completa com moega de alimentação Marca: Vectra Capacidade: 15 ton/h")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162968", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162968", " Filtro de baixa pressão 24/120mm/2600mm Marca: Buhler")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162965", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162965", " Rosca em Aço Inox Diâmetro 300mm Comprimento 5000mm Capacidade: 10 ton/h")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163048", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163048", " Turbo Peneira   Imã para segurança de farinha de trigo / milho Marca: Sangati S.A. Capacidade: 5,0 ton/h")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162973", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162973", " Válvula diversora para transporte pneumático Marca: Coppi Diâmetro de Linha 150 mm")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163012", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163012", " Válvula diversora para transporte pneumático Marca: Coppi Diâmetro de Linha 150 mm")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162978", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162978", " Rosca em Aço Inox Diâmetro 280 mm Comprimento 4000 mm , com 03 Valvulas em Inox e Motoredutor Capacidade: 10 ton/h")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162988", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162988", " Válvula Diversora para Transporte Pneumático Marca: Coppi Diâmetro de Linha 150 mm")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162989", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162989", " Fundo extrator de silo Marca: Coppi Capacidade: 10 ton/h")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163033", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163033", " Escovadeira de farelo Marca: Sangati S.A.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162967", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162967", " Escovadeira de farelo Marca: Sangati S.A.")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163040", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163040", " Escovadeira de farelo Marca: Sangati S.A.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163053", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163053", " Escovadeira de farelo Marca: Sangati S.A.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163000", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163000", " Escovadeira de farelo Marca: Sangati S.A.")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163074", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163074", " Rosca tripla 220/6000mm com Motoredutor Capacidade: 6,5 / 4,0 / 4,0 ton/h")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163027", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163027", " Rosca tripla 220/6000 mm Com Motoredutor Capacidade 6,5 / 4,0 / 4,0 t/h")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163046", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163046", " Gravity Selector ( Saca Pedras ) Mod. T30 Completo com Ventilador Marca: Sangati S.A. Capacidade: 25 t/h")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162996", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162996", " Dosador para filtro de mangas com Moto-Vibrador Marca: Coppi")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.950,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163061", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163061", " Dosador para filtro de mangas , com Moto-Vibrador Marca: Sangati")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163003", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163003", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163004", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163004", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163001", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163001", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163036", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163036", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162986", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162986", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163032", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163032", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162998", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162998", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162991", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162991", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163020", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163020", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162995", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162995", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163041", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163041", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163064", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163064", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163006", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163006", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163037", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163037", " Bancos de Cilindros 04 x 1000 x 250 mm , Semi automáticos Mod. Simon G Marca: SIMON ( England )")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163010", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163010", " Purificador de Sêmola (Sassor) Marca: Ocrim Itália Capacidade : 1000-3000 kg/h")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162993", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162993", " PURIFICADOR DE SÊMOLA(SASSOR)Marca: PingLe (China)Capacidade: 800-2800 kg/h")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163070", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163070", " DOSADOR PARA FILTRO DE MANGAS com Moto Vibrador Marca: Sangati S.A.")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163077", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163077", " Filtro de mangas de alta pressão 24/120/2600 Marca: Coppi")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163060", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163060", " Turbo Peneira   Imã para segurança de farinha de trigo / milh Marca: Sangati Capacidade: 6,5 ton/h")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163017", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163017", " Bancos de cilindros 4x1000 x250 mm Marca: Nagema (GMB )")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162999", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162999", " Bancos de cilindros 4x1000 x250 mm Marca: Nagema (GMB )")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163075", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163075", " Bancos de cilindros 4x1000/250 mm , Semi Automático Marca: Prokop ( Rep. Tcheca )")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163031", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163031", " Bancos de cilindros 4x1000/250 mm , Semi Automático Marca: Prokop ( Rep. Tcheca )")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163005", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163005", " Bancos de cilindros 4x1000/250 mm , Semi Automático Marca: Prokop ( Rep. Tcheca )")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163078", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163078", " Banco de cilindros Duplo 8 x 1250 x 250 mm Mod. Synthesis Marca: Sangati GBS ITália B1/B2 – R1 / R2")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163055", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163055", " Bancos de cilindros 4 x1000 x 250 mm Marca: Buhler")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163054", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163054", " Bancos de cilindros 4 x1000 x 250 mm Marca: Buhler")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163072", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163072", " Bancos de cilindros 4 x1000 x 250 mm Marca: Buhler")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163063", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163063", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163057", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163057", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163076", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163076", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163008", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163008", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163009", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163009", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163038", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163038", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163059", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163059", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163013", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163013", " Bancos de cilindros Simon 4 x 1000 x 250 mm Parte Interna revestida em Inox – Semi Automáticos Marca: SIMON ( England )")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163043", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163043", " Ensacadora para sacos de 50 kg , Completa com Moegas de Alimentação , Esteiras Marca: Lonigo Capacidade: 250 sacos/hora")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163021", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163021", " Desagregadores Centrífugos 7,5 cv Marca: Buhler-Miag")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163058", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163058", " Desagregadores Centrífugos 7,5 cv Marca: Buhler-Miag")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162994", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/162994", " Desagregadores Centrífugos 7,5 cv Marca: Buhler-Miag")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163002", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163002", " Desagregadores Centrífugos 7,5 cv Marca: Buhler-Miag")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163052", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163052", " Desagregadores Centrífugos 7,5 cv Marca: Buhler-Miag")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163051", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163051", " Desagregadores Centrífugos 7,5 cv Marca: Buhler-Miag")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163035", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163035", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163029", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163029", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163024", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163024", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163056", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163056", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163069", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163069", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163011", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163011", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163016", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163016", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163062", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163062", " Destacadores a tambor Completo com Motor Marca: Buhler -Miag")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163050", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163050", " Desagregadores Centrífugos Motor 7,5 cv Marca: Sangati S.A.")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163044", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163044", " Desagregadores Centrífugos Motor 7,5 cv Marca: Sangati S.A.")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163042", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163042", " Desagregadores Centrífugos Motor 7,5 cv Marca: Sangati S.A.")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163015", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163015", " Desagregadores Centrífugos Motor 7,5 cv Marca: Sangati S.A.")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163026", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163026", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163018", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163018", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163047", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163047", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163080", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163080", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163025", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163025", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163066", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163066", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163073", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163073", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163071", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163071", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163022", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163022", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163082", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163082", " Desagregadores a tambor , Completos com Motor Marca: Sangati S.A.")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163065", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163065", " Bancos de cilindros Ping Le Automáticos 4x 1000 x250 mm Marca: Pingle (China ) R1/R1B / C2/C3")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163068", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163068", " Bancos de cilindros Ping Le Automáticos 4x 1000 x250 mm Marca: Pingle (China ) R1/R1B / C2/C3")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163081", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163081", " Banco de cilindros Ocrim Automático 4x 1000 x250 mmMarca: Ocrim ( Itália ) R1/R2")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163079", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163079", " Banco de cilindros Ocrim Mod. Lam CS 4x1000x250 mm Automático Marca: Ocrim (Itália ) Capacidade: B1 ( 200 ton/dia )")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163067", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163067", " Banco de cilindros Sangati Mod. Auto/ROE 4x1000x250 mm Automático – Retrofit Completo Marca: Sangati Capacidade: C1 ( 200 ton/dia )")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163028", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163028", " Plansifter MPAG 6/28 Alto Rendimento – RetroFit Completo Marca: Buhler Capacidade: 28 peneiras / porta")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>149.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163030", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163030", " Ventilador de baixa pressão Completo com Motor Marca: Coppi Capacidade: 33600 m³/h")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163034", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163034", " Filtro de mangas 65/150 mm /2500 mm Marca: Coppi Capacidade: 500 kg/h")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163023", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163023", " Sassor Pureswing Sangatti 1000 A 3000 kg/h, Completa com Motor. Marca: Sangati S.A.")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>