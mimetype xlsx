--- v0 (2025-12-23)
+++ v1 (2026-03-27)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163280", "19300")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163280", " VOLKSWAGEM NOVO GOL TL MCV, ANO 2017/2018; BRANCO. - EQP. 912274 LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163286", "19301")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163286", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. 944222. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163285", "19302")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163285", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. 944214. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163283", "19303")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163283", " RENAULT DUSTER 20 DK 4X4, ANO 2017/2018; BRANCO. - EQP. 905002. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163288", "19304")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163288", " RENAULT DUSTER 20 DK 4X4, ANO 2019/2020; BRANCO. - EQP. 905004. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163287", "19305")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163287", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. 944208. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>32.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163278", "19306")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163278", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. 944215. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163274", "19307")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163274", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. - 944206. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163272", "19308")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163272", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. 944207. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163275", "19309")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163275", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. 944210. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163268", "19310")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163268", " VOLKSWAGEM NOVA SAVEIRO RB MBVS, ANO 2019/2020; BRANCO. - EQP. 944209. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163284", "19311")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163284", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2010/2010; BRANCO. - EQP. 104658 LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163289", "19312")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163289", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2008/2009; BRANCO. - EQP. 104648. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163265", "19313")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163265", " CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4, ANO 2012/2011; BRANCO. - EQP. 100431  - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163266", "19314")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163266", " CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4, ANO 2012/2012; BRANCO. - EQP. 100439  - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>132.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163267", "19315")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163267", " TRATOR VALTRA BH 180 4X4, ANO 2012/2012. - EQP. 505321. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>223.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163270", "19316")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163270", " TRATOR VALTRA BH 180 4X4, ANO 2012/2012. - EQP. 505302. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>207.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163269", "19317")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163269", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018; BRANCO. - EQP. 104881. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>272.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163276", "19318")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163276", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018; BRANCO. - EQP. 104883. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163281", "19319")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163281", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018; BRANCO. - EQP. 104885. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>310.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163273", "19320")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163273", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018; BRANCO. - EQP. 104882. -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>317.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163279", "19321")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163279", " CAMINHÃO VOLVO FH 540 6X4T, ANO 2018/2018; BRANCO. - EQP. 104886. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>287.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163271", "19322")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163271", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2010/2010; BRANCO. - EQP. 104667. - LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>113.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163277", "19323")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163277", " EMPILHADEIRA HYSTER H120, ANO 2008/2008. - EQP. 605143  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163282", "19324")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163282", " EMPILHADEIRA HYSTER H120. - EQP. 605146 -  LOC. SANTA ADÉLIA/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>