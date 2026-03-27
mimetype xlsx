--- v0 (2025-11-13)
+++ v1 (2026-03-27)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164226", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164226", "Lote com: 2 Compressores ar direto - Wayne - 40 pés")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164227", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164227", "Torno Mecânico Mito - 1800mm X 500mm")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164228", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164228", "Lote com 6 serras de fita Invicta - 4 peças 800mm e 2 peças 600mm volante")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164229", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164229", "Lote com: 3 tupias - 2 uni. Rocco e 1 uni. Acerbi")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164230", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164230", "Linha completa - Extrusora 90mm - Calandra resfriador, puxador, guilhotina e torre de refrigeração ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>117.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164231", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164231", "Linha completa - Extrusora 120 mm- Calandra com resfriador, puxador de chapa, guilhotina e torre de refrigeração ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>178.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164232", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164232", "Lote com 2 uni. Aglutinador 50 cv - com chave de partida a óleo")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164233", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164233", "Moinho de faca - boca 600 mm com ciclone")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164234", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164234", "Cabine de pintura - cortina de água")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164235", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164235", "Torno Mecânico - Promeca")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164237", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164237", "Prensa viradeira hidráulica 40 t. 2200 boca")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>79.450,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164238", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164238", "Dobradeira hidráulica automatizada 3 metros")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164239", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164239", "Lote com: 2 tornos mecânico imor ntpn . Um com 2.50 de barramento e outro com 3 metros de barramento")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>38.700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164240", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164240", "Prensa excêntrica 22 toneladas. Harlo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.450,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164672", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164672", " Lote com: 2 torno de repuxo Mirian m350")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164669", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164669", " Afiadora Mello universal ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164677", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164677", " Prensa viradeira 40 toneladas 2 metros de boca ano 2014")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>79.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164673", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164673", " Máquina de corte a laser completa para chapas até 3 mm. Acompanha compressor , e chiller")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>157.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164671", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164671", " Máquina para corte de tubos com precisão cnc")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...554 lines deleted...]
-      <c r="C29" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164670", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164670", " Prensa viradeira para chapas hidráulica 40 toneladas 2200 mm de boca")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>82.450,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164675", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164675", " Fresadora universal tos com acessórios")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164676", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164676", " Injetora mula manca ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D29" s="4" t="inlineStr">
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...94 lines deleted...]
-      </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164674", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164674", " Guilhotina para chapas newton 1200x,3mm")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>14.700,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>