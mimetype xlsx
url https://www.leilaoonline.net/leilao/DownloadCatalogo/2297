--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164161", "039")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164161", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163636", "040")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163636", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>132.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163637", "041")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163637", "veja o vídeo!! ÔNIBUS MARCOPOLO/VOLARE A8 ON; 2000/2001; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163646", "042")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163646", "veja o vídeo!! VW/KOMBI FURGAO; 2008/2009; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO - IPVA 2023 OK")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163638", "050")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163638", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>152.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163639", "055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163639", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164160", "056")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164160", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163640", "057")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163640", "CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163645", "061")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163645", "FORD F12000 160; 2001/2001; COM CESTO AÉREO; BRANCA; DIESEL - FUNCIONANDO - FROTA 539")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>60.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163641", "063")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163641", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163643", "066")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163643", "CAMINHÃO FORD/CARGO 712; 2009/2009; PRATA; DIESEL; PLATAFORMA GUINCHO - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>122.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163644", "067")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163644", "CAMINHÃO M.BENZ/1718; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164159", "070")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164159", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>121.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163642", "072")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/163642", "CAMINHÃO VW 17.280; 2014/2015; BRANCO; DIESEL; CÂMBIO AUTOMÁTICO; COM COMPACTADOR MARCA PLANALTO - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>187.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>