--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164145", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164145", " CAVALO 6X2 VOLVO FH 380-6X2. ANO 2004")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164144", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164144", " BITANQUE FACHINNI ANO 2009. COM PNEUS SUCATA (PARA DESLOCAR)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164148", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164148", " F 4000 COM CARROCERIA DE MADEIRA. ANO 1986")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164143", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164143", " CAVALO 4X2 VOLVO NL12-360-4X2 ANO 1995. COM CARRETA BASCULANTE TECTRAN 3 EIXOS DE 30M³ ANO 1995")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164146", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164146", " PÁ CARREGADEIRA CATERPILLAR 936F ANO 1994")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>235.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164147", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164147", " DIFERENCIAL VOLVO FH 400 ANO 2010")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166656", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/166656", "FORD PAMPA L ANO 1988 MOTOR CHT 1.6 ÁLCOOL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>