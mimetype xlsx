--- v0 (2026-02-09)
+++ v1 (2026-03-27)
@@ -269,2491 +269,2183 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164179", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164179", " Batedeira/Sanduicheira")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164176", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164176", " Torre chocolate")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164202", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164202", " Moedor de carne - Panini")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164177", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164177", " Lote com: 04 plantas artificiais - Avenca Seca 36x83")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164178", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164178", " Saca Rolha/ Term./ Barb.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164181", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164181", " Lote com: 02 TVs digitais")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164196", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164196", " Lote com: 05 plantas artificiais - 2 (39.5x38) - 2 (50x37) - 1 (63x60)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164185", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164185", " Netbook Acer")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164187", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164187", " Video Game")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164200", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164200", " Lote com: 26 celulares - para peças")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164218", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164218", " Lote com: 43 celulares - para peças")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164183", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164183", " Lote com: 02 pé de pato/bota")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164180", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164180", " Bote inflável c/ 2 remos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164205", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164205", " Lote com: 38 celulares - para peças")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164204", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164204", " Rádio DvD - tela Lcd")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164182", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164182", " Lote com: 2 lanternas antigas")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164206", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164206", " Lote com: 03 unidades Balança Filizola")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164184", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164184", " Balança (d) (m)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164186", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164186", " Lote com: 02 plantas artificiais - 1.05x72.5")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164215", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164215", " Lote com: 04 unidades de celular")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164198", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164198", " Cofre - Parafusadeira")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164217", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164217", " Lote com: 05 unidades de Detector Fluido Refrigeração")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164188", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164188", " Desumidificador")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164191", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164191", " Persiana Branca Fine Flex - Blackout - 1,45 x 4,50")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164213", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164213", " Persiana Branca Fine Flex - Blackout - 1,20 x 4,50")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164212", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164212", " Frigobar")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164209", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164209", " Gabinete - Cuba deca - Torneira Deca - Pedra - desmontados")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164190", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164190", " Lote com: 02 unidades de impressora - Cpu")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164216", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164216", " Lote com: 02 notebooks")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164194", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164194", " Lote com: 02 notebooks")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164197", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164197", " Gabinete Rosa Laqueado")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164224", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164224", " Persiana Branca Romana - 2,63 L x 2,00 A")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164221", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164221", " Pratarias Antigas")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164222", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164222", " Lote com: 03 unidades de rádio")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164193", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164193", " Lote com: 08 unidades Réguas com Cabo PP/Tomada")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164201", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164201", " Lote com: 02 sapatos -sem uso (37/38)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164199", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164199", " Telefones fixos")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164203", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164203", " Tomadas industriais - Sem caixa ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164208", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164208", " Vaso sanitário - Deca")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164195", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164195", " Fogão Industrial - 02 bocas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164220", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164220", " Planta Artificial - 1,12 x 0,79")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164192", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164192", " Puff Rosa Camurça com rodapé dourado")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164207", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164207", " Puff Branco Pés Palito Dourado")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164189", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164189", " Mesinha de Canto Azul com dourado")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164219", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164219", " Mesinha canto tok stok - rosê c/ tampo em vidro")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164214", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164214", " Painel de automação residencial")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164210", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164210", "Lote de Marcenaria - Diversos")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164225", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164225", " Fogão Industrial - 02 bocas")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164223", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164223", " [vídeo] Modeladora - Limaq 2017 - Esteira e guilhotina 220V - doce chocolate e núcleo de bombom")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>23.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164211", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164211", " Guarda Roupa 5 portas ORNARE - sem uso - embalado")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164596", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164596", "[vídeo] Forno Prática com Suporte")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164595", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164595", "[video] Peneira vibratória circular - 220 trifásico")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164602", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164602", " Furadeira de coluna Newton - 220/380 ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164604", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164604", " Buffet quente - Para até 10 cubas - Fritomaq - Porta pratos")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164597", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164597", " Xbox 360 - 2 jogos - 1 controle sem fio - 1 guitarra - Sem uso ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164603", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164603", " xbox 360 - 2 jogos - 1 controle sem fio - volante, câmbio e pedal - Sem uso ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164594", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164594", " Cartuchos Vazios - diversos")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164598", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164598", " Lote com: 2 uni. Sopradores de folhas ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164607", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164607", " Lote com: 42 spots diversos")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164599", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164599", " Câmeras/ telefones sem fio - outros. ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164605", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164605", " lote com: 10 impressoras Epson - Hp e outros - sem estante")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164600", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164600", " [vídeo] Embaladora Kawamac - 2017")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164606", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164606", " Toners diversos")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164608", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164608", " Biruta")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164601", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164601", " Biruta")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164627", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164627", "Fiorino Flex. 1.4 - 2014/15 - motor novo ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164628", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164628", "Moto Honda Cg Titan KS 150  - Motor novo - 2004/2004")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165100", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165100", "TV DIGITAL/SISTEMA MULTIMIDIA AR_70.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165101", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165101", "Lote com: 2 uni. VELAS PHILIPS IMAGEO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165109", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165109", "Corta Frios")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165110", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165110", "Lote com: 6 uni. Cadeiras Tokio Preta - estrutura em aço - Sem uso, na caixa. ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165111", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165111", "Lote com: 07 Steps ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165112", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165112", "Pesos de academia e bolas de academia - diversos - Sem caixa ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165325", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165325", "Câmeras, cocinete, grampeador tapeceiro, multímetro, 5 DVDs e outros")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...405 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165326", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165326", "[video] Amassadeira Prática AE-80 -Fabricação 2020 - ótimo estado")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...218 lines deleted...]
-      <c r="D37" s="4" t="inlineStr">
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165401", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165401", "TV 42" - LCD Panasonic - Funcionando")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E37" s="5" t="inlineStr">
-[...863 lines deleted...]
-      <c r="E64" s="5" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F64" s="4" t="inlineStr">
-[...702 lines deleted...]
-      </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165402", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/165402", "Lixadeira e parafusadeira Dewalt 20 volts")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>