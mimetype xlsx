--- v0 (2025-11-20)
+++ v1 (2026-03-27)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164320", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164320", " Estabilizador de Tensão - Amplimag - Robot 1 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164362", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164362", " Lote com: 2 uni. Placa de Arrasto")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164342", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164342", " Lote com: 2 uni. Desempenos de bancada, em aço - Aproximadamente 200X300mm")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164351", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164351", " Lote com: 12 uni. Disjuntores Schneider Qo - 60A - 3 polos - 120/240 Vac - 10Ka - Sem Uso, na embalagem.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164347", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164347", " Lote com: 24 uni. Disjuntores Schneider Qo - 60A - 3 polos - 120/240 Vac - 10Ka - Sem Uso, na embalagem.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164344", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164344", " Forno Rotational Engefood - Self Cooking - Center Scc201g - Acompanha carrinho auxiliar ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164322", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164322", " Lote com: 13 uni. Calibradores para extrusão de polipropileno")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164339", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164339", " Suporte Ridigid - Sem uso ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164348", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164348", " Exaustor de Solda - 04 pontos ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164321", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164321", " Lote com: 500 uni. Microtransponder - Trovan Id103 Ruggesdise -  3mm X 13mm - Sem uso")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164323", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164323", " Lote com: 14 uni. Isoladores Poliméricos IPB138  - engates tipo bola e concha - Alt 2.100mm x D.int 26mm x D.ext 110mm")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164379", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164379", " Lote com: 612Kg de peneira molecular Dessecante - Ping  Xiang petro.- Esfera 2-3mm Diam. - Lances por kg")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.202,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164335", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164335", " Lote com: 1.200Kg de peneira molecular Dessecante - Ping  Xiang petro.- Esfera 2-3mm Diam. - Lances por kg")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164334", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164334", " Máquina de Fusão Fujikura FSM 60S - com mala para transportes - sem carregador ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164357", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164357", " Controlador de potência Novus Pcwe-3p-100 - Carga 100A - Surto 1600A - Sem uso, na caixa")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164343", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164343", "Controlador de potência Novus Pcw-3p-60 - Carga 60A - Surto 1200A - Sem uso, na caixa")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164336", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164336", " Maçarico - Kit de Brasagem - Condor - tres bicos e carrinho")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164324", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164324", " Bomba Sapo Dancor - DS56-40 - 3Cv - 220 trifásica - 3500RPM - grau de proteção: IP68 - Sem uso, na caixa.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164359", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164359", " Lote com: 15un. Malotes em lona - Super resistentes")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164325", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164325", " Lote com: 35Un. . Malotes em lona - Super resistentes")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164375", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164375", " Lote com: 50 un. Malotes em lona - Super resistentes")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164350", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164350", " Lote com: 1000 un. Malotes em lona ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164368", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164368", " Visor Led - Giroflex - Engesig SB")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164329", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164329", " Sucata de mesa de medição tridimensional - Mauser Zeiss - KMZ P 201210 - Desmontada")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164338", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164338", " Lote com: 600Kg de Raspas de borracha com granulometria pequena e simétrica")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164328", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164328", " Lote de chipeiras Khomp e External Board - 6 módulos ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164341", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164341", " Mesa vaporizadora - Monti Antonio 403 - vapor 16Kg/h")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164363", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164363", " Lote com: 10 Unidades de bomba manual para graxa - com sistema de gatilho")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164331", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164331", " Lote com 02 unidades Torno/Morsa Metalsul/Brasfixo  para tubos número 04")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164374", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164374", " Lote com 02 unidades Torno/Morsa Metalsul/Brasfixo  para tubos número 04")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164373", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164373", " Morsa para máquina operatriz ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164356", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164356", " Transformador A seco 500KVA-WEG F 155 - Sem uso ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164365", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164365", " NOBreak Amplimag 30Kva PTX 3 - 127-220 - Entrada max 102A Saida Max 78A - Com bateria")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164360", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164360", " Estabilizador CM Comandos MI 10000 serie 1S - 10 Kva - 220 entrada - Saida 110  110 60Hz")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164330", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164330", " Estabilizador CM Comandos TI 40000 Serie 1S - 40Kva - 220V entrada - Saída 127V - 60Hz")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164361", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164361", " Lote com: 5 Maletas em alumínio - para ferramentas")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164345", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164345", " Lote com: 5 Maletas em alumínio - para ferramentas")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164358", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164358", " Impressora Plotter HP Desktop 510")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164355", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164355", " Lote com: 2 unid. Bebedouros")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164353", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164353", " Máquina de medir e enrolar fios e cabos - Erbra Metalúrgica - SST - 00- 04 - Diam 97mm - Indic 0,1m")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164333", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164333", " Lote com: 2 máquinas de fusão para fibra Optica - Ji Long KL 195 - Acompanha Bateria e mala para transporte - Sem carregador")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164364", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164364", " Lote com: 2 máquinas de fusão para fibra Optica - Ji Long KL 195  - Acompanha Bateria e mala para transporte - Sem carregador")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164332", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164332", " Lote com: 2 máquinas de fusão para fibra Optica - Ji Long KL 195 - Acompanha Bateria e mala para transporte - Sem carregador")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164326", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164326", " Lote com: 2 máquinas de fusão para fibra Optica - Ji Long KL 195  - Acompanha Bateria e mala para transporte - Sem carregador")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164346", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164346", " Lote com: 2 máquinas de fusão para fibra Optica - Ji Long KL 195  - Acompanha Bateria e mala para transporte - Sem carregador")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164369", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164369", " Lote com: 44 Unid. Capacetes ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164337", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164337", " Lote com: 100 Unid. Microfiltros de linha - Tel/Internet Mag - VPN 747 p VDSL")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164377", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164377", " Lote com: 6 Unid.Localizador por satélite GigaSat - Finder 950 - 2150HHz - 10 DSM - Max input")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164340", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164340", " Aparelho Digital Tempo Compa - 52039007")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164349", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164349", " Aparelho Digital Tanderbere - Data BRSLA 0705 Ultrium Lt03")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164376", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164376", " Lote com: 12 uni. Aparelho Tester ST300 EM senter eletronic")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164327", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164327", " Balancim de Corte Hidráulico - Poppi - Marca Sycllon AF5")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164367", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164367", " Prensa Sorveteira Sazi Vacum 202")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164354", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164354", " Forno de secagem e reativação - Sazi Turbo 742")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164370", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164370", " Mesa de desenho")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...500 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164366", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164366", " Máquina para Cortar Vies - Jandit - 1 faca")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164372", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164372", " Mesa tipo Trident com gavetas")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...511 lines deleted...]
-      <c r="F46" s="4" t="inlineStr">
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-[...52 lines deleted...]
-      <c r="E48" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164371", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164371", " Computador Apple 24" - Mouse e teclado ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
-      <c r="F48" s="4" t="inlineStr">
-[...634 lines deleted...]
-      <c r="E68" s="5" t="inlineStr">
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164378", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164378", " Computador Apple 21"  - com mouse e teclado")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164352", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/164352", " GM Tigra 1998 - Gasolina - Manual - funcionando - Acompanha canaleta")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>